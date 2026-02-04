--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -1,73 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>O Canada and Dev Shive by Nitu and Vijay Singh (2020_04_004_055)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people standing. There is a table on the stage with instruments placed on top. Nitu and Vijay Singh are standing behind the table, playing the harmonium and singing. There is a podium that reads, "Komagata Maru 75th Anniversary 1914 - 1989." In the foreground there is a film crew visible.</t>
+  </si>
+  <si>
+    <t>O Canada and Dev Shive by Nitu and Vijay Singh (2020_04_004_054)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people standing. There is a table on the stage with instruments placed on top. Nitu and Vijay Singh are standing behind the table, playing the harmonium and singing. A man to their left plays the tabla. There is a podium that reads "Komagata Maru."</t>
+  </si>
+  <si>
+    <t>O Canada and Dev Shive by Nitu and Vijay Singh (2020_04_004_053)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people standing. On the left of the image, there are speakers visible. There is a table on the stage with instruments placed on top. Nitu and Vijay Singh are standing behind the table, playing the harmonium and singing. There is a podium that reads, "Komagata Maru." In the foreground there is a film crew seen and people visible as well.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +106,149 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23933_ca_object_representations_media_1521_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60069_ca_object_representations_media_1520_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53459_ca_object_representations_media_1519_large3.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9829800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9782175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +493,149 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="877">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="872">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="405">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>