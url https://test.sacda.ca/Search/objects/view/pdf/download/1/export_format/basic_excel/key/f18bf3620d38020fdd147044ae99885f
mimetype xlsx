--- v0 (2025-12-14)
+++ v1 (2026-02-03)
@@ -1,73 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Dr. Hugh Johnston] (2020_04_004_045)</t>
+  </si>
+  <si>
+    <t>A colour image of Gurnam Singh Pooni, Hugh Johnston, and Mr. Bal seated at a table. Hugh Johnston is in the middle of the two men with some papers in front of him. In front of the man on the right of the image is a stack of Johnston's book, "The Voyage of the Komagata Maru: The Sikh Challenge to Canada's Colour Bar." The man on the left of the image is seen writing in a book. Behind the three men is a crowd of people standing.</t>
+  </si>
+  <si>
+    <t>[Dr. Hugh Johnston] (2020_04_004_087)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left, slightly out of view, is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Dr. Hugh Johnston, history professor at Simon Fraser University, is seen standing behind the podium speaking into the microphone. Kanwal Singh Neel, Gordon Wilson, Margaret Mitchell, and Doug Mowat are visible in the background.</t>
+  </si>
+  <si>
+    <t>[Newspaper clippings] (2020_04_004_037)</t>
+  </si>
+  <si>
+    <t>Compilation of Canadian newspaper clippings surrounding the topic of the 75th anniversary of the Komagata Maru. Articles included are printed in English and Punjabi.</t>
+  </si>
+  <si>
+    <t>Press conference (2020_04_004_042)</t>
+  </si>
+  <si>
+    <t>A colour image of nine men seated behind a table, indoors. Behind them on the wall is a banner that reads in English, "Komagata Maru 75th Anniversary 1914-1989" and two framed black and white photographs of the Komagata Maru and its passengers. On the table there are microphones placed in front of Hugh Johnston and Kanwal Singh Neel. There are vases with flowers placed at both ends of the table.</t>
+  </si>
+  <si>
+    <t>Press conference (2020_04_004_043)</t>
+  </si>
+  <si>
+    <t>A colour image of eight men seated behind a table, indoors. Behind them on the wall is a banner that reads in English, "Komagata Maru 75th Anniversary 1914-1989" and two framed black and white photographs of the Komagata Maru and its passengers. On the table there are microphones placed in front of Hugh Johnston and Kanwal Singh Neel. Hugh Johnston appears to be speaking. There are vases with flowers placed at both ends of the table.</t>
+  </si>
+  <si>
+    <t>Press conference (2020_04_004_044)</t>
+  </si>
+  <si>
+    <t>A colour image of nine men seated behind a table, indoors. Behind them on the wall is a banner that reads in English, "Komagata Maru 75th Anniversary 1914-1989" and two framed black and white photographs of the Komagata Maru and its passengers. On the table there are microphones placed in front of Hugh Johnston and Kanwal Singh Neel. There are vases with flowers placed at both ends of the table. On the left, there are windows.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +124,239 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58387_ca_object_representations_media_1511_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30815_ca_object_representations_media_1553_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69524_ca_object_representations_media_1503_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67923_ca_object_representations_media_1508_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63030_ca_object_representations_media_1509_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64599_ca_object_representations_media_1510_large6.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9858375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4933950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +601,176 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="405">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="879">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="441">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="402">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="401">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="395">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>