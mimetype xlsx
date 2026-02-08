--- v0 (2025-12-13)
+++ v1 (2026-02-08)
@@ -1,73 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Conversation between H. H. Stevens, M.P., and Dr. Rughunath Singh, held at the Office of the Canadian Immigration Department, Vancouver, with Inspector Hopkinson also present at the commencement of the conversation. Page 1-11 (2021_07_9462)</t>
+  </si>
+  <si>
+    <t>Page 187-219</t>
+  </si>
+  <si>
+    <t>Hugh Johnston interview (2021_07_10848)</t>
+  </si>
+  <si>
+    <t>Historian and author Hugh Johnston speaks about the Komagata Maru incident and discusses the various individuals involved.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +100,119 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7002.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10696575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +457,140 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="954">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="0">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>