--- v0 (2025-12-14)
+++ v1 (2025-12-15)
@@ -1,73 +1,258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re last details preceding departure. Page 1-5 (2021_07_1949)</t>
+  </si>
+  <si>
+    <t>Page 615-619</t>
+  </si>
+  <si>
+    <t>Letter from Reid to Stevens re information of assassination plots. Page 1-2 (2021_07_2942)</t>
+  </si>
+  <si>
+    <t>Page 710-711</t>
+  </si>
+  <si>
+    <t>Newsclippings - Vancouver Daily Province: Committed on murder charge; A coming issue; Victoria Daily Colonist: Large number of Orientals (2021_07_4090)</t>
+  </si>
+  <si>
+    <t>Page 069</t>
+  </si>
+  <si>
+    <t>Newsclippings - Swear murder was advocated in temple; Baboo Singh committed; Bela is acquitted by assize jury (2021_07_4219)</t>
+  </si>
+  <si>
+    <t>Page 080</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4785)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 205, File 332, vol. 12 (a)</t>
+  </si>
+  <si>
+    <t>Rex v. Mewa Singh [Aulay Morrison, judge, to Louis Coderre, Secretary of State for Canada] (2021_07_4797)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG13, Vol. 1467</t>
+  </si>
+  <si>
+    <t>[E. M. N. Woods, lawyer, Woods &amp; Downie, counsel for Mewa Singh, to Charles J. Doherty, Minister of Justice] (2021_07_4807)</t>
+  </si>
+  <si>
+    <t>[Extract from statement given to Immigration Department by Bela Singh, Babu Singh, Ganga Ram and others. Copy] (2021_07_4812)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, File 332, vol. 13 (a)</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William W. Cory, Deputy Minister of the Interior. With enclosures] (2021_07_4824)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 206, File 332, vol. 13 (a)</t>
+  </si>
+  <si>
+    <t>[A. L. Jolliffe, Dominion Immigration Agent, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4854)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 207, File 332, vol. 15 (a)</t>
+  </si>
+  <si>
+    <t>Statement[s] made by Bela Singh [and Babu Singh] at the Immigration Office, in the presence of: Detective Crewe, Dominion Immigration Agent Reid, Inspector Hopkinson and Asst. Imm. Agent Howard, on the 18th day of June, A.D. 1914, at the hour of 4.15 o'clock in the afternoon (2021_07_4964)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 3</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: W. C. Hopkinson was killed by Hindu this morning (2021_07_5107)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Sun: Fifth local victim of Komagata: Insp. Hopkinson added to list (2021_07_5110)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: Officer is shot down by assassin (2021_07_5113)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Mewa Singh must pay the death penalty (2021_07_5119)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Sun: Mewa Singh says crime justifiable (2021_07_5122)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Inspector Hopkinson shot dead in court house corridor by Hindoo (2021_07_5383)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Swear Sohan Lal incited murder (2021_07_5503)</t>
+  </si>
+  <si>
+    <t>Copies of the declarations [of Sikhs re tyranny] (see p. 121) (2021_07_9376)</t>
+  </si>
+  <si>
+    <t>Page 122-127</t>
+  </si>
+  <si>
+    <t>Statement given to Immigration officers by informers and their friends [re meeting by Husain Rahim and Sohan Lal] (2021_07_10323)</t>
+  </si>
+  <si>
+    <t>City of Vancouver Archives. Add. Mss. No. 69, Vol. 1</t>
+  </si>
+  <si>
+    <t>[William W. Cory, Deputy Minister of the Interior, to Arthur F. Sladen, Private Secretary to the Governor General, re how to deal with Bela Singh. Copy] (2021_07_10360)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG25-G-1, Vol. 1156, File 40</t>
+  </si>
+  <si>
+    <t>[William W. Cory, Deputy Minister of the Interior, to Joseph Pope, Under-Secretary of State for External Affairs, re Gunga Ram and Bela Singh] (2021_07_10361)</t>
+  </si>
+  <si>
+    <t>[Andrew Bonar Law, Colonial Secretary, to Governor General, Prince Arthur, Duke of Connaught, London, re how to deal with Bela Singh] (2021_07_10362)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: Sikhs at Vancouver: extraordinary sequence of tragedies (2021_07_10446)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: Eight Sikhs are shot at funeral. Page 1 (2021_07_10449)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Sun: Sohan will not read naughty mutiny paper. Page 2 (2021_07_10457)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: Seditionists at work in temple (2021_07_10458)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Sun: Reaches for sword to slay Bela Singh (2021_07_10459)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Jury disagrees in Bela Singh case. Page 24 (2021_07_10460)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Swear murder was advocated in temple (2021_07_10461)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Sun: Verdict of acquittal in Bela Singh case. Page 2 (2021_07_10462)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Sun: Judge advises Bela whom he sets free. Page 3 (2021_07_10463)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Swear Sohan Lal incited murder (2021_07_10464)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Feud renewed in Hindu colony. Page 3 (2021_07_10467)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: Hindu fracas is stopped by police. Page 4 (2021_07_10471)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Bela Singh tells of shooting in temple. Page 7 (2021_07_10507)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 206, File 332, vol. 13 (b)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: Eight Sikhs are shot at funeral. Page 1 (2021_07_10534)</t>
+  </si>
+  <si>
+    <t>S. S. 'Komagata Maru' [and Canadian officials] (2021_07_10614)</t>
+  </si>
+  <si>
+    <t>City of Vancouver Archives. Item number CVA 7-125</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re Hindus detained at Sumas, and enclosing a statement by Mewa Singh (2021_07_10771)</t>
+  </si>
+  <si>
+    <t>Page 647</t>
+  </si>
+  <si>
+    <t>Newsclippings - Details of that Komagata riot; Hindoo strikes officer over the head with cane; Jury disagrees in Bela Singh case (2021_07_10798)</t>
+  </si>
+  <si>
+    <t>Newsclippings - Attempts to sow sedition vain; Bela Singh in box (2021_07_10799)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Rahim suggested the murders say witnesses (2021_07_10806)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Nine Hindus shot, two fatally, in Sikh temple (2021_07_10808)</t>
+  </si>
+  <si>
+    <t>Khalsa Diwan Society [Diary], Vancouver, B.C. [: Volume 1 - English translation] (2021_07_10918)</t>
+  </si>
+  <si>
+    <t>The diary, volume one of two volumes, contains information on the activities of the Vancouver Khalsa Diwan Society between 1906 and 1924, as recorded by Secretary Arjan Singh Brar (Chand).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +271,1379 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94190_ca_object_representations_media_3628_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14875_ca_object_representations_media_3667_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69470_ca_object_representations_media_3851_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84090_ca_object_representations_media_3866_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55998_ca_object_representations_media_3985_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7015_ca_object_representations_media_3989_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28453_ca_object_representations_media_3991_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26159_ca_object_representations_media_3992_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728_ca_object_representations_media_3994_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714_ca_object_representations_media_4001_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37448_ca_object_representations_media_4025_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98846_ca_object_representations_media_4058_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23400_ca_object_representations_media_4059_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3692_ca_object_representations_media_4060_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39789_ca_object_representations_media_4062_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64468_ca_object_representations_media_4063_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76480_ca_object_representations_media_4111_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38122_ca_object_representations_media_4125_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/documentIcon70019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23972_ca_object_representations_media_3172_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61774_ca_object_representations_media_3209_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88145_ca_object_representations_media_3210_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16464_ca_object_representations_media_3211_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18263_ca_object_representations_media_3298_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72546_ca_object_representations_media_3301_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1647_ca_object_representations_media_3309_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86938_ca_object_representations_media_3310_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56441_ca_object_representations_media_3311_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31101_ca_object_representations_media_3312_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62821_ca_object_representations_media_3313_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6238_ca_object_representations_media_3314_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94900_ca_object_representations_media_3315_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16848_ca_object_representations_media_3316_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14157_ca_object_representations_media_3319_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24641_ca_object_representations_media_3323_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6191_ca_object_representations_media_3360_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64204_ca_object_representations_media_3380_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71007_ca_object_representations_media_3060_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97132_ca_object_representations_media_3541_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28413_ca_object_representations_media_3568_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78922_ca_object_representations_media_3569_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56250_ca_object_representations_media_3576_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39896_ca_object_representations_media_3578_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44696_ca_object_representations_media_4346_large44.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10677525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10810875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11791950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9801225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11058525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11049000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11049000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11096625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10448925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12334875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14611350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11220450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8553450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11096625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10991850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10991850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9791700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14230350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15849600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="27184350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8496300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3905250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10687050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11563350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10648950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10668000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10458450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +1888,446 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="952">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="964">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="1052">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="875">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="986">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="963">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="986">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="986">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="990">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="933">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="1100">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="918">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="918">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="1304">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="918">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="918">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="1002">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="763">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="0">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="769">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="990">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="980">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>38</v>
+      </c>
+      <c r="C23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="980">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>39</v>
+      </c>
+      <c r="C24" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="874">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="1270">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="918">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="1414">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="2426">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="918">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="918">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="918">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="918">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="918">
+      <c r="A34"/>
+      <c r="B34" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="918">
+      <c r="A35"/>
+      <c r="B35" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="918">
+      <c r="A36"/>
+      <c r="B36" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="918">
+      <c r="A37"/>
+      <c r="B37" t="s">
+        <v>52</v>
+      </c>
+      <c r="C37" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="759">
+      <c r="A38"/>
+      <c r="B38" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="348">
+      <c r="A39"/>
+      <c r="B39" t="s">
+        <v>55</v>
+      </c>
+      <c r="C39" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="953">
+      <c r="A40"/>
+      <c r="B40" t="s">
+        <v>57</v>
+      </c>
+      <c r="C40" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="1032">
+      <c r="A41"/>
+      <c r="B41" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="950">
+      <c r="A42"/>
+      <c r="B42" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" customHeight="1" ht="952">
+      <c r="A43"/>
+      <c r="B43" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" customHeight="1" ht="961">
+      <c r="A44"/>
+      <c r="B44" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" customHeight="1" ht="933">
+      <c r="A45"/>
+      <c r="B45" t="s">
+        <v>63</v>
+      </c>
+      <c r="C45" t="s">
+        <v>64</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>