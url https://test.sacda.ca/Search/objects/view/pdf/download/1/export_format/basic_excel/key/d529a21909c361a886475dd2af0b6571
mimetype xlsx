--- v0 (2025-12-13)
+++ v1 (2026-01-31)
@@ -1,73 +1,132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re Japanese insistence that they had no connection with the enterprise, and enclosing correspondence re recent incidents. Page 1-5 (2021_07_298)</t>
+  </si>
+  <si>
+    <t>Page 381-385</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re activities of J. E. Bird. Page 1-3 (2021_07_324)</t>
+  </si>
+  <si>
+    <t>Page 409-411</t>
+  </si>
+  <si>
+    <t>Copy of letter from R. L. Reid, Agent for the Minister of Justice, to W. D. Scott re procedure of the Boards of Enquiry, and the conduct of the officers of the Immigration Department. Page 1-6 (2021_07_2234)</t>
+  </si>
+  <si>
+    <t>Page 637-642</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4620)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 2</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4624)</t>
+  </si>
+  <si>
+    <t>[William D. Scott, Superintendent of Immigration, Memorandum to Mr. Mitchell] (2021_07_4630)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 1</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott confirming wires and night-letters. Page 1-4 (2021_07_9483)</t>
+  </si>
+  <si>
+    <t>Page 234-237</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re wires sent (2021_07_10694)</t>
+  </si>
+  <si>
+    <t>Page 224</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re work of Boards of Enquiry and re responsibility to provision the ship (2021_07_10695)</t>
+  </si>
+  <si>
+    <t>Page 166</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott, sent with p. 353 and p. 354 (2021_07_10702)</t>
+  </si>
+  <si>
+    <t>Page 357</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +145,359 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55055_ca_object_representations_media_3668_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53264_ca_object_representations_media_3773_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41000_ca_object_representations_media_3645_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69688_ca_object_representations_media_3952_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75935_ca_object_representations_media_3954_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47005_ca_object_representations_media_4201_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84338_ca_object_representations_media_3460_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7563_ca_object_representations_media_3461_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_ca_object_representations_media_3468_large10.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10982325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10820400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +742,212 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="964">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="980">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="961">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="940">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="940">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="940">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="964">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="963">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="965">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="962">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>