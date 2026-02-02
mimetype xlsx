--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -1,73 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Letter from Dr. P. Pandia to Mayo Singh] (2020_05_01_08_056f)</t>
+  </si>
+  <si>
+    <t>Letter from Dr. P. Pandia to Mayo Singh explaining an stenographer's error in posting Mr Jolliffe's letter of Karnail's case to Dr. Pandia, therefore delaying his receipt of the letter and Dr. Pandia's forwarding of it to Mayo. He assures Mayo that Karnail's deportation order will be cancelled and that he has asked Ottawa to communicate directly to Mayo once this occurs. Also includes letter from A. L. Jollifee to Dr. Pandia.</t>
+  </si>
+  <si>
+    <t>[Letter from Dr. P. Pandia to Mayo Singh] (2020_05_01_08_056g)</t>
+  </si>
+  <si>
+    <t>Letter from Dr. P. Pandia to Mayo Singh explaining their letter may have crossed due to the time it takes airmail to travel between England and Canada. He encloses copies of letters he has sent to Mr. Jolliffe and Mr. Taylor in connection with Karnail's case. He also warns that it is uncommon for the Minister to reverse his dismissal of appeals, but he has been successful in other cases. He then asks Mayo to wire him if a decision has not been made before he receives this letter so that Dr. Pandia may obtain an extension for Karnail's case.</t>
+  </si>
+  <si>
+    <t>[A. L. Jolliffe, Dominion Immigration Agent, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4854)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 207, File 332, vol. 15 (a)</t>
+  </si>
+  <si>
+    <t>[A. L. Jolliffe, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration, re Nama. Original] (2021_07_10371)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 387, File 536999, PEI RO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +112,179 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25617_ca_object_representations_media_5246_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43545_ca_object_representations_media_5247_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714_ca_object_representations_media_4001_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66963_ca_object_representations_media_3221_large4.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8448675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10448925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11049000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +529,158 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="770">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="754">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="933">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="986">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>