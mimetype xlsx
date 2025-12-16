--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -1,73 +1,246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4256)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 200, File 332, vol. 2 (3b)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior] (2021_07_4262)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior] (2021_07_4265)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4278)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4282)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior] (2021_07_4285)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 200, File 332, vol. 3 (b)</t>
+  </si>
+  <si>
+    <t>Report re Hindus [William C. Hopkinson, Immigration Inspector] (2021_07_4305)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 200, File 332, vol. 3 (a)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4309)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4323)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4332)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 201, File 332, vol. 4</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4335)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4338)</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4346)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4353)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4365)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 384, File 536999, pt. 3</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4368)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 201</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior] (2021_07_4376)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4381)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4384)</t>
+  </si>
+  <si>
+    <t>[Guran Ditt Kumar, Editor, The Swadesh Sevak, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4387)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 384, File 536999, pt. 4</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4391)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior] (2021_07_4441)</t>
+  </si>
+  <si>
+    <t>An ugly attack on the loyalty of the Sikhs. Extract of a translation made by G. D. Kumar of an article in a newspaper called the 'Loyal Gazette' published in the Punjab, India, and furnished to the News Advertiser of Vancouver (2021_07_4468)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 201, File 332, vol. 5</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4641)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 2</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4648)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 211, File 332 B</t>
+  </si>
+  <si>
+    <t>[Henry W. Gwyther, Hindu interpreter, to Malcolm R. J. Reid, Dominion Immigration Agent] (2021_07_4913)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 385, File 536999, pt. 5</t>
+  </si>
+  <si>
+    <t>G. D. Kumar, Secretary of the Hindustanee, to H. H. Stevens, alderman, Vancouver (2021_07_5189)</t>
+  </si>
+  <si>
+    <t>Add. Mss. RG 2, A 1, Vol. 26</t>
+  </si>
+  <si>
+    <t>Note on the Hindu Revolutionary Movement in Canada (2021_07_5232)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 386, File 536999, pt. 11</t>
+  </si>
+  <si>
+    <t>Correspondence - Rahim, Kumar, Taraknath Das, 1910-1913 [Hugh Johnston's notes] (2021_07_5265)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_5282)</t>
+  </si>
+  <si>
+    <t>[Guran Ditt Kumar, Editor, the Swadesh Sevak, to the Editor, the Daily Province, re reports that Indians in Vancouver are supporting seditious activities in India] (2021_07_10302)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior, re G. D. Kumar] (2021_07_10305)</t>
+  </si>
+  <si>
+    <t>[Esmond Ovey, British Embassy, Washington, to D. O. Malcolm, Governor General's Secretary, re Kumar and Das. Original] (2021_07_10306)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 201, File 332, vol. 5 (a)</t>
+  </si>
+  <si>
+    <t>[Guran Ditt Kumar, Editor, The Swadesh Sevak, to Tata &amp; Co., or any other Indian Merchant, Kobe, Japan, re Husain Rahim's whereabouts. Copy] (2021_07_10307)</t>
+  </si>
+  <si>
+    <t>[Captain Bruce Hay, for Director of Military Intelligence, Ottawa, to Major, the Earl of Landesborough, Military Secretary to the Governor General] (2021_07_10431)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Hindus here rise to protest. Page 24 (2021_07_10511)</t>
+  </si>
+  <si>
+    <t>Letter from Malcolm Reid, Dominion Immigration Agent, to H. H. Stevens re newspaper publicity (2021_07_10644)</t>
+  </si>
+  <si>
+    <t>Page 31</t>
+  </si>
+  <si>
+    <t>Letter from Reid to Stevens re censorship of Kumar's correspondence in the Province and the News Advertiser (2021_07_10783)</t>
+  </si>
+  <si>
+    <t>Page 704</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Treatment of Hindus (2021_07_10788)</t>
+  </si>
+  <si>
+    <t>The Voyage of the Komagata Maru: The Sikh Challenge to Canada's Colour Bar (2021_07_10930)</t>
+  </si>
+  <si>
+    <t>Hugh Johnston provided the first thoroughly researched study of the Komagata Maru event, basing his analysis on official accounts from both Canadian and Indian sources, as well as on the reminiscences of the only passenger still alive at the time the book was written. This book is still the landmark text on the Komagata Maru and diligently outlines the life for Indians at the turn of the 20th century, the reasons for chartering the Komagata Maru, revolutionary movements in North America, the riot at Budge Budge and the lives of many of the key players after the events of the Komagata Maru.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +259,1259 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42186_ca_object_representations_media_3872_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17134_ca_object_representations_media_3873_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53569_ca_object_representations_media_3874_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37562_ca_object_representations_media_3878_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88953_ca_object_representations_media_3879_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64841_ca_object_representations_media_3880_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20753_ca_object_representations_media_3885_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67378_ca_object_representations_media_3886_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16147_ca_object_representations_media_3890_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8313_ca_object_representations_media_3893_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90864_ca_object_representations_media_3894_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78495_ca_object_representations_media_3895_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35920_ca_object_representations_media_3896_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34711_ca_object_representations_media_3898_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19490_ca_object_representations_media_3901_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63244_ca_object_representations_media_3902_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32140_ca_object_representations_media_3904_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64047_ca_object_representations_media_3905_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50977_ca_object_representations_media_3906_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6569_ca_object_representations_media_3907_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58583_ca_object_representations_media_3908_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37374_ca_object_representations_media_3917_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54303_ca_object_representations_media_3922_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29789_ca_object_representations_media_3956_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2217_ca_object_representations_media_3957_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12441_ca_object_representations_media_4015_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20354_ca_object_representations_media_4085_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5259_ca_object_representations_media_4093_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75473_ca_object_representations_media_4097_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39217_ca_object_representations_media_4101_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44741_ca_object_representations_media_3151_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417_ca_object_representations_media_3154_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81290_ca_object_representations_media_3155_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67952_ca_object_representations_media_3156_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76587_ca_object_representations_media_3283_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58_ca_object_representations_media_3364_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46372_ca_object_representations_media_3389_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49035_ca_object_representations_media_3553_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49070_ca_object_representations_media_3558_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14301_ca_object_representations_media_4344_large40.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7896225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11687175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9372600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8553450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7791450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8896350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9420225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12744450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9734550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9039225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7972425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8505825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8963025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11001375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10887075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10687050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10429875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8477250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11058525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10306050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8553450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4876800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11001375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8639175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8677275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8677275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8162925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10610850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +1756,467 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="704">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="1042">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="837">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="764">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="696">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="793">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="840">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="976">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="1137">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="869">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="806">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="712">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="759">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="800">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="982">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="774">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="774">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="774">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="769">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="774">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="774">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="972">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="953">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="940">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>35</v>
+      </c>
+      <c r="C25" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="940">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>37</v>
+      </c>
+      <c r="C26" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="931">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="757">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="987">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="920">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="764">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>46</v>
+      </c>
+      <c r="C31" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="435">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="769">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>48</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="769">
+      <c r="A34"/>
+      <c r="B34" t="s">
+        <v>49</v>
+      </c>
+      <c r="C34" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="982">
+      <c r="A35"/>
+      <c r="B35" t="s">
+        <v>51</v>
+      </c>
+      <c r="C35" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="771">
+      <c r="A36"/>
+      <c r="B36" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="918">
+      <c r="A37"/>
+      <c r="B37" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="774">
+      <c r="A38"/>
+      <c r="B38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C38" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="774">
+      <c r="A39"/>
+      <c r="B39" t="s">
+        <v>56</v>
+      </c>
+      <c r="C39" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="729">
+      <c r="A40"/>
+      <c r="B40" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="946">
+      <c r="A41"/>
+      <c r="B41" t="s">
+        <v>59</v>
+      </c>
+      <c r="C41" t="s">
+        <v>60</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>