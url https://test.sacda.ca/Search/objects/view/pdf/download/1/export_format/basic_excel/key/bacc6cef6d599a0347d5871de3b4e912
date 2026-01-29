--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -1,73 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>The Komagata Maru: Voyage of Shattered Dreams (2021_07_10847)</t>
+  </si>
+  <si>
+    <t>This film, produced at the 75th anniversary of the Komgata Maru incident, is hosted by Belle Puri and includes interviews with Dr. D. P. Pandia, Hardial Singh Atwal, Hugh Johnston, Ujjal Dosanjh, Dr. V. Setty Pendakur, Muneshwar Prasad, Mr. Justice Wallace T. Oppal, Gurnam Sanghera, and Anjali Atal.</t>
+  </si>
+  <si>
+    <t>Hugh Johnston interview (2021_07_10848)</t>
+  </si>
+  <si>
+    <t>Historian and author Hugh Johnston speaks about the Komagata Maru incident and discusses the various individuals involved.</t>
+  </si>
+  <si>
+    <t>[Komagata Maru 100th Anniversary Commemoration video] (2021_07_10853)</t>
+  </si>
+  <si>
+    <t>This video was produced for Simon Fraser University in commemoration of the 100th anniversary of the Komagata Maru’s arrival in Vancouver, B.C. on May 23, 1914. It provides an overview of the Komagata Maru incident, discusses South Asian immigration to and settlement in Canada, and highlights the Arjan Singh Chand Brar Collection donated to the Simon Fraser University Library in 2014. The video includes interviews with Amarjit Singh Brar, Gurcharn S. Basran and Ali Kazimi.</t>
+  </si>
+  <si>
+    <t>The story of the Komagata Maru or Komagata Maru: One hundred years later (2021_07_10856)</t>
+  </si>
+  <si>
+    <t>OMNI News Punjabi Reporter Baldeep Singh Jhand tells the story of one of the darkest chapters in Canadian and Vancouver history; the Komagata Maru incident of 1914. In this five-part feature, Jhand weaves through the many layers of this complex story using interviews, dramatizations and voice overs to provide insight and details that many have been unaware of. The interviewees include Hugh Johnston (historian), Sohan Pooni (historian), Tejpal Sandhu (great grandson of Gurdit Singh), Jaswinder Toor (Komagata Maru descendant), the late Jack Uppal (early pioneer), Raj Toor (Komagata Maru descendant), Bakbir Kaur Sandhu (Gurdit Singh descendant). Part 1 - 00:00:01-00:10:35; Part 2 - 00:10:36-00:19:15; Part 3 - 00:19:16-00:28:00; Part 4 - 00:28:01-00:38:50; Part 5 - 00:38:51-00:49:07</t>
+  </si>
+  <si>
+    <t>[Neil Gilchrist] Diary - 1914: [entry for July 21, 1914] (2021_07_10917)</t>
+  </si>
+  <si>
+    <t>Item is a page from Neil Gilchrist's 1914 diary containing the entry for July 21, 1914. It describes the scene at the Vancouver harbour after the H.M.C.S. Rainbow's arrival, from the viewpoint of a spectator amongst the crowd watching from shore.</t>
+  </si>
+  <si>
+    <t>Khalsa Diwan Society [Diary], Vancouver, B.C. [: Volume 1 - English translation] (2021_07_10918)</t>
+  </si>
+  <si>
+    <t>The diary, volume one of two volumes, contains information on the activities of the Vancouver Khalsa Diwan Society between 1906 and 1924, as recorded by Secretary Arjan Singh Brar (Chand).</t>
+  </si>
+  <si>
+    <t>The Voyage of the Komagata Maru: The Sikh Challenge to Canada's Colour Bar (2021_07_10930)</t>
+  </si>
+  <si>
+    <t>Hugh Johnston provided the first thoroughly researched study of the Komagata Maru event, basing his analysis on official accounts from both Canadian and Indian sources, as well as on the reminiscences of the only passenger still alive at the time the book was written. This book is still the landmark text on the Komagata Maru and diligently outlines the life for Indians at the turn of the 20th century, the reasons for chartering the Komagata Maru, revolutionary movements in North America, the riot at Budge Budge and the lives of many of the key players after the events of the Komagata Maru.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +130,269 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7001.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72892_ca_object_representations_media_4345_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44696_ca_object_representations_media_4346_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14301_ca_object_representations_media_4344_large7.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10477500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10458450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10610850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +637,185 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="0">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="0">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="0">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="0">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="935">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="933">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="946">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>