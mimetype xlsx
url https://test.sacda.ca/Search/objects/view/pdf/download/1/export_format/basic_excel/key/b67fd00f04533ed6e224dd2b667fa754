--- v0 (2025-12-13)
+++ v1 (2026-02-01)
@@ -1,73 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Honouring Alderman May Wilking at Ross Street Temple, Vancouver] (2020_04_004_116)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the Ross Street Temple, showing Kanwal Singh Neel speaking at a wooden podium. In front of him, there is a low stage covered in white, with microphone stands on top. Behind him, on the left, Alderman Sandra Wilking is seated. On the right in the background is a table with floral arrangements. On the wall in the background, is a mirror decoration and and khanda, the symbol of Sikh faith.</t>
+  </si>
+  <si>
+    <t>Neels at the plaque (2020_04_004_115)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. Kanwal Singh Neel is seen seated on a stone bench in front of the plaque with his family, including his wife Nancy and their two daughters. On the left of the photo are Gurdial Singh and Swarnjit Kaur Neel. In the background there is greenery and some people standing.</t>
+  </si>
+  <si>
+    <t>L-&gt;R Mayor Campbell, Grace McCarthy, Fed, Ald. Walking, K. Neel, H. Rankin, Park, Charn Gill, B. Dhillon, H. Sharma (2020_04_004_114)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. A group of people are seen grouped together, looking forward. In the background there is a crowd of people.</t>
+  </si>
+  <si>
+    <t>Plaque at Portal Park (2020_04_004_113)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. The plaque is visible, placed in the ground among the greenery. The plaque reads, "Komagata Maru 75th Anniversary - On May 23 1914, 376 British subjects (12 Hindus, 24 Muslims and 340 Sikhs) of Indian origin arrived in Vancouver Harbour aboard the Komagata Maru, seeking to enter Canada. 352 of the passengers were denied entry and forced to depart on July 23, 1914. This plaque commemorates the 75th anniversary of that unfortunate incident of racial discrimination and reminds Canadians of our commitment to an open society in which mutual respect and understanding are honoured, differences are respected, and traditions are cherished."</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_112)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. The plaque is visible, placed in the ground among the greenery. Gordon Campbell, Grace McCarthy, and a third person, are seen helping to remove a sheet off the plaque. Behind them, in the background, there is a group of people watching.</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_111)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. There is a crowd of people standing close together. Gordon Campbell, mayor of Vancouver, is seen speaking at a podium. There are reporters holding microphones to the podium. In the background, there are boats in the water and mountains in the scenery. In the foreground, there are people taking photographs.</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_110)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. There is a crowd of people standing close together, amongst some greenery. On the left, in the crowd, Grace McCarthy, Social Credit M.L.A., is seen speaking at a podium. In the background on the left of the image, there are trains, as well as boats in the water and mountains in the scenery. In the foreground, there is greenery.</t>
+  </si>
+  <si>
+    <t>Ald. Sandra Wilking (2020_04_004_109)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. Vancouver Alderman Sandra Wilking is seen speaking at a podium, into a microphone. A crowd of people are seen standing, surrounding her.</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_108)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. There is a crowd of people standing close together, amongst some greenery. In the background on the left of the image, there are boats in the water and mountains in the scenery. In the foreground, there is greenery.</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_107)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. A man is seen speaking at a podium, into a microphone. A crowd of people are seen standing, surrounding the speaker. In the background there are boats in the water and mountains in the scenery. In the foreground, there is greenery.</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_106)</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_105)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of six bhangra dancers are seen on stage performing. On the left, on stage, a speaker is visible. In front of the stage there is a film crew recording the stage. On the right of the image, in the background, Canada Place is visible. In the background, there is a crowd of people watching the performers. On the left, a bundle of balloons is seen.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_104)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of seven bhangra dancers are seen on stage performing. On the stage a speaker is visible and a microphone is seen in front of one of the performers. On the right of the image, in the background, Canada Place is visible. In the background , there is a crowd of people watching the performers. On the left of the image, balloons are seen.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_103)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of five bhangra dancers are seen on stage performing. On the left a speaker is visble. In front of the stage there is a film crew recording the stage. On the right of the image, in the background, Canada Place is visible. In the background , there is a crowd of people watching the performers. On stage, there are two flags visible: the Canadian flag and the Nishan Sahib, a flag symbolizing the Sikh religion.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_102)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of five bhangra dancers are seen on stage performing. On the left a speaker is visible. In front of the stage there is a film crew recording the stage. On the right of the image, in the background, Canada Place is visible. In the background on the right, there is a crowd of people watching the performers. On stage, there are two flags visible: the Canadian flag and the Nishan Sahib, a flag symbolizing the Sikh religion.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_101)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of seven bhangra dancers are seen on stage performing. On the left a speaker is visible. In front of the stage there is a film crew recording the stage. On the right of the image, in the background, Canada Place is visible.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_100)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of six bhangra dancers are seen on stage performing. There is one person on stage playing the dhol, a popular Indian drum. There is a speaker visible on stage. At the centre of the image, there are stairs leading up to the stage visible. On the right of the image, behind the stage, people are seen watching the dancers.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_099)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of six bhangra dancers are seen on stage performing. There is a speaker visible on stage. In front of the stage, there is a film crew recording the stage. In the background, behind the stage, people are seen watching the dancers. On the right of the image, in the background, Canada Place is visible.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_098)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of six bhangra dancers are seen on stage performing. At the bottom of the image on the left, a speaker is visible. In front of the stage there is a film crew recording the stage. On the right of the image, in the background, Canada Place is visible.</t>
+  </si>
+  <si>
+    <t>[Mr. Gurnek Singh Brar : Abbotsford] (2020_04_004_097)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is chair holding a plaque that reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Gurnek Singh Brar, president of Khalsa Diwan Society Abbotsford, is seen giving a speech into the microphone. Kanwal Singh Neel and Noël Kinsella are seen seated behind Hari Singh Seehra.</t>
+  </si>
+  <si>
+    <t>[Mr. Hari Singh Seehra : New Westminster] (2020_04_004_096)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is chair holding a plaque that reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Hari Singh Seehra, president of Khalsa Diwan Society New Westminster, is seen giving a speech into the microphone. Kanwal Singh Neel and John Fraser are seen seated behind Hari Singh Seehra.</t>
+  </si>
+  <si>
+    <t>Unveiling plaque (2020_04_004_095)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are four men standing on stage behind a table, holding up and unveiling a plaque. The men holding the plaque are Bikar Singh Dhillon,  Gurnek Singh Brar, Hari Singh Seehra and Jagtar Singh Sandhu. The plaque reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy. Kanwal Singh Neel is seen standing at a podium speaking into a microphone. The podium reads, "Komagata Maru 75th Anniversary 1914-1989."</t>
+  </si>
+  <si>
+    <t>Unveiling plaque (2020_04_004_094)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are four men standing on stage behind a table, holding up and unveiling a plaque. The men seen include Bikar Singh Dhillon, Gurnek Singh Brar, Hari Singh Seehra, and Jagtar Singh Sandhu. The plaque reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>Unveiling plaque (2020_04_004_093)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are four men standing on stage behind a table, holding up and unveiling a plaque. The plaque reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy. The men seen include Bikar Singh Dhillon, Gurnek Singh Brar, Hari Singh Seehra, and Jagtar Singh Sandhu. On the left, speakers are visible. In front of the stage, a person is visible standing and looking towards the four men.</t>
+  </si>
+  <si>
+    <t>[Mr. Bikar Singh Dhillon] (2020_04_004_092)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Bikar Singh Dhillon, president of Khalsa Diwan Society Vancouver, is seen giving a speech into the microphone. Kanwal Singh Neel is seen standing in the background. Noël Kinsella and Gordon Wilson are seen seated on stage behind Bikar Singh Dhillon.</t>
+  </si>
+  <si>
+    <t>Mr. Jim Young : Burnaby (2020_04_004_091)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Jim Young, alderman of Burnaby, is seen giving a speech into the microphone. Kanwal Singh Neel, Bikar Singh Dhillon, Noël Kinsella, Margaret Mitchell, and Gordon Wilson are seen seated on stage behind Jim Young.</t>
+  </si>
+  <si>
+    <t>Mr. Moe Sihota M.L.A (2020_04_004_090)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Moe Sihota is seen giving a speech into the microphone. Kanwal Singh Neel, Noël Kinsella, Margaret Mitchell, and Gordon Wilson are seen seated on stage behind Moe Sihota.</t>
+  </si>
+  <si>
+    <t>Bhangra : Richmond Punjabi Artists Assoc. (2020_04_004_089)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of six bhangra dancers are seen on stage performing. On the left a speaker is visble. In front of the stage there is a film crew recording the stage. On the right of the image, in the background, Canada Place is visible.</t>
+  </si>
+  <si>
+    <t>Ms. Rosaline Stoddard (2020_04_004_088)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Rosaline Stoddard is seen standing behind the podium speaking into the microphone. Kanwal Singh Neel, Noël Kinsella, Gordon Wilson, Margaret Mitchell, Doug Mowat, and Emery Barnes are visible in the background.</t>
+  </si>
+  <si>
+    <t>[Dr. Hugh Johnston] (2020_04_004_087)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left, slightly out of view, is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Dr. Hugh Johnston, history professor at Simon Fraser University, is seen standing behind the podium speaking into the microphone. Kanwal Singh Neel, Gordon Wilson, Margaret Mitchell, and Doug Mowat are visible in the background.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_086)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Kanwal Singh Neel is seen standing behind the podium, speaking into a microphone. Bikar Singh Dhillon, Margaret Mitchell, Gordon Wilson, and Doug Mowat are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_085)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Kanwal Singh Neel is seen standing behind the podium, speaking into a microphone. Noël Kinsella, Margaret Mitchell, Gordon Wilson, and Doug Mowat are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_084)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen standing. In the background, Canada Place is visible on the left. The turbaned gentleman in the center, wearing glasses and holding a camera is Gurdial Singh Neel, a member of the organizing committee. On the right, a building is seen, as well as several construction cranes.</t>
+  </si>
+  <si>
+    <t>[Mr. Jagtar Singh Sandhu : Surrey] (2020_04_004_083)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is chair holding a plaque. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Jagtar Singh Sandhu is seen giving a speech into the microphone. Kanwal Singh Neel and John Fraser are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>[Mr. Jagtar Singh Sandhu : Surrey] (2020_04_004_082)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is chair holding a plaque. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Jagtar Singh Sandhu is seen giving a speech into the microphone. Kanwal Singh Neel and Noël Kinsella are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Mr. Moe Sihota M.L.A (2020_04_004_081)</t>
+  </si>
+  <si>
+    <t>Mr. Moe Sihota M.L.A (2020_04_004_080)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Moe Sihota is seen giving a speech into the microphone. Kanwal Singh Neel, Noël Kinsella, Margaret Mitchell, and Gordon Wilson are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_079)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Kanwal Singh Neel is seen standing behind the podium. Noël Kinsella, Margaret Mitchell, and Gordon Wilson are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Mr. Emery Barnes M.L.A. (2020_04_004_078)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Kanwal Singh Neel is moving the microphone at the podium towards him and Emery Barnes is seen turning away from the podium, to the right of the image. Margaret Mitchell is seen seated in the background, clapping.</t>
+  </si>
+  <si>
+    <t>Mr. Emery Barnes M.L.A. (2020_04_004_077)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. Margaret Mitchell, Doug Mowat, Rosaline Stoddard, and Moe Sihota are seen seated on stage. Emery Barnes is standing on the left of the image, giving a speech into a microphone. There are three flags visible on stage: the B.C. flag, the Canadian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. There is a crowd of people in the foreground, standing in front of the stage.</t>
+  </si>
+  <si>
+    <t>Mr. Emery Barnes M.L.A. (2020_04_004_076)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Margaret Mitchell, and Gordon Wilson are seen on stage. There is a podium that "Komagata Maru 75th Anniversary 1914-1989." Emery Barnes is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Mr. Doug Mowat M.L.A (2020_04_004_075)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell, Gordon Wilson, Emery Barnes, Moe Sihota, Rosaline Stoddard, and Jim Young are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Doug Mowat, a Member of the Legislative Assembly of British Columbia, is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Mr. Doug Mowat M.L.A (2020_04_004_074)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell and Gordon Wilson are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Doug Mowat, a Member of the Legislative Assembly of British Columbia, is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Ms. Margaret Mitchell : N.D.P. (2020_04_004_073)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. In the foreground is a crowd of people gathering. In the distance Margaret Mitchell, M.P, is seen at a podium giving a speech. There are speakers on stage and three flags are visible: the B.C. flag, the Canadian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. On the right of the image, Canada Place is visible.</t>
+  </si>
+  <si>
+    <t>Fly past byplane [sic] and banner (2020_04_004_072)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A plane is seen flying in the sky with a sign reading, "Komagata Maru 75th Anniv. 1914-89."</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_071)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage including Gordon Wilson, Doug Mowat, Emery Barnes, and Moe Sihota. There are three flags on the stage: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_070)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A crowd of people are seen gathering together. The children in the photograph are seen holding balloons that say, "Komagata Maru 75th Anniversary 1914-1989." In the background, Canada Place is visible.</t>
+  </si>
+  <si>
+    <t>Mr. Gordon Wilson : Liberal Party (2020_04_004_069)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell and Doug Mowat are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Gordon Wilson, leader of the Liberal Party of B.C. is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Mr. Gordon Wilson : Liberal Party (2020_04_004_068)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. In the foreground, Kanwal Singh Neel is seen seated. Behind him, John Fraser is also visible. In the background, Canada Place is visible. Gordon Wilson, leader of the Liberal Party of B.C. is seen giving a speech into a microphone. The Nishan Sahib, a flag symbolizing the Sikh religion, is visible. On the right of the image, speakers are seen.</t>
+  </si>
+  <si>
+    <t>On stage at the Canada Place gathering (2020_04_004_067)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. In the foreground, Kanwal Singh Neel and Bikar Singh Dhillon are seen seated. Behind him, John Fraser is also visible. In the background, Canada Place is seen.</t>
+  </si>
+  <si>
+    <t>Dr. Kinsella : Sec. of State (2020_04_004_066)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Dr. Noël Kinsella, the Associate Under-Secretary of State of Canada, is seen giving a speech.</t>
+  </si>
+  <si>
+    <t>Hon. John Fraser M.P. (2020_04_004_065)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." John Fraser, M.P., and Speaker of the House of Commons of Canada, is seen giving a speech.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_064)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is a crowd of people gathering and at a distance, a stage is seen with speakers on each side. Two flags are visible: the Canadian flag and the Nishan Sahib, a flag symbolizing the Sikh religion. On the right of the image, boats are seen docked and Canada Place is visible.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_063)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is a crowd of people gathering and at a distance, a stage is seen with speakers on each side. Two flags are visible: the Canadian flag and the Nishan Sahib, a flag symbolizing the Sikh religion. On the right of the image, boats are seen docked.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_062)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is a crowd of people gathering and at a distance, a stage is seen with speakers on each side. Two flags are visible: the Canadian flag and the Nishan Sahib, a flag symbolizing the Sikh religion.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_061)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. In the foreground is a crowd of people gathering. In the distance Kanwal Singh Neel is seen at a podium.</t>
+  </si>
+  <si>
+    <t>Opening by master of ceremony (2020_04_004_060)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is a podium that reads, "Komagata Maru." Dr. Kanwal Singh Neel is seen giving a speech at the podium.</t>
+  </si>
+  <si>
+    <t>Opening by master of ceremony (2020_04_004_059)</t>
+  </si>
+  <si>
+    <t>Stage at the Canada Place gathering (2020_04_004_058)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. The front of an outdoor stage is visible. There are three flags in the photograph: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. Behind the flags, Moe Sihota and Emery Barnes are seen standing. There is a podium with microphones visible. In the foreground is a woman facing away. In the background, Canada Place is seen.</t>
+  </si>
+  <si>
+    <t>Flags on stage at the Canada Place gathering (2020_04_004_057)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are three flags in the photograph: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. Behind the flags, Moe Sihota and Emery Barnes are seen standing.</t>
+  </si>
+  <si>
+    <t>Flags on stage at the Canada Place gathering (2020_04_004_056)</t>
+  </si>
+  <si>
+    <t>O Canada and Dev Shive by Nitu and Vijay Singh (2020_04_004_055)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people standing. There is a table on the stage with instruments placed on top. Nitu and Vijay Singh are standing behind the table, playing the harmonium and singing. There is a podium that reads, "Komagata Maru 75th Anniversary 1914 - 1989." In the foreground there is a film crew visible.</t>
+  </si>
+  <si>
+    <t>O Canada and Dev Shive by Nitu and Vijay Singh (2020_04_004_054)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people standing. There is a table on the stage with instruments placed on top. Nitu and Vijay Singh are standing behind the table, playing the harmonium and singing. A man to their left plays the tabla. There is a podium that reads "Komagata Maru."</t>
+  </si>
+  <si>
+    <t>O Canada and Dev Shive by Nitu and Vijay Singh (2020_04_004_053)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people standing. On the left of the image, there are speakers visible. There is a table on the stage with instruments placed on top. Nitu and Vijay Singh are standing behind the table, playing the harmonium and singing. There is a podium that reads, "Komagata Maru." In the foreground there is a film crew seen and people visible as well.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_052)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people seated. On the left of the image, there are speakers visible. There is a table on the stage with instruments placed on top. There is a podium that reads, "Komagata Maru." Dr. Kanwal Singh Neel is seen giving a speech at the podium. There are three flags on the stage: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. In the foreground there is a film crew and a photographer seen. There are also balloons and people visible.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_051)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There is an outdoor stage with various people seated. On the left of the image, there is a table on the stage with instruments placed on top. There is a podium that reads, "Komagata Maru." There are three flags on the stage: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. In the foreground balloons and people are seen.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_050)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are two men in the foreground with their backs turned and Moe Sihota is seen stepping down from a stage.</t>
+  </si>
+  <si>
+    <t>Food bank drive (2020_04_004_049)</t>
+  </si>
+  <si>
+    <t>A colour image of food items collected during food drives hosted by Khalsa Diwan Society in July 1989, in order to commemorate the passengers of the Komagata Maru tragedy. There are five men and one woman standing behind a table of food in the middle of the photograph. In the background there is an obscured banner tied to two windows.</t>
+  </si>
+  <si>
+    <t>Food bank drive (2020_04_004_048)</t>
+  </si>
+  <si>
+    <t>A colour image of six men standing outside. Behind them is a white truck that reads, "Food Bank."</t>
+  </si>
+  <si>
+    <t>Food bank drive (2020_04_004_047)</t>
+  </si>
+  <si>
+    <t>A colour image of food items collected during food drives hosted by Khalsa Diwan Society in July 1989, in order to commemorate the passengers of the Komagata Maru tragedy. There are three men and a child behind a table of food in the middle of the photograph. In the background there is a banner partially obscured, tied in front of two windows that reads in English, "Khalsa Diwan Society Vancouver B.C."</t>
+  </si>
+  <si>
+    <t>Food bank drive (2020_04_004_046)</t>
+  </si>
+  <si>
+    <t>A colour image of food items collected during food drives hosted by Khalsa Diwan Society in July 1989, in order to commemorate the passengers of the Komagata Maru tragedy. In the background there is a banner tied in front of two windows that reads in English, "Khalsa Diwan Society Vancouver B.C."</t>
+  </si>
+  <si>
+    <t>[Dr. Hugh Johnston] (2020_04_004_045)</t>
+  </si>
+  <si>
+    <t>A colour image of Gurnam Singh Pooni, Hugh Johnston, and Mr. Bal seated at a table. Hugh Johnston is in the middle of the two men with some papers in front of him. In front of the man on the right of the image is a stack of Johnston's book, "The Voyage of the Komagata Maru: The Sikh Challenge to Canada's Colour Bar." The man on the left of the image is seen writing in a book. Behind the three men is a crowd of people standing.</t>
+  </si>
+  <si>
+    <t>Press conference (2020_04_004_044)</t>
+  </si>
+  <si>
+    <t>A colour image of nine men seated behind a table, indoors. Behind them on the wall is a banner that reads in English, "Komagata Maru 75th Anniversary 1914-1989" and two framed black and white photographs of the Komagata Maru and its passengers. On the table there are microphones placed in front of Hugh Johnston and Kanwal Singh Neel. There are vases with flowers placed at both ends of the table. On the left, there are windows.</t>
+  </si>
+  <si>
+    <t>Press conference (2020_04_004_043)</t>
+  </si>
+  <si>
+    <t>A colour image of eight men seated behind a table, indoors. Behind them on the wall is a banner that reads in English, "Komagata Maru 75th Anniversary 1914-1989" and two framed black and white photographs of the Komagata Maru and its passengers. On the table there are microphones placed in front of Hugh Johnston and Kanwal Singh Neel. Hugh Johnston appears to be speaking. There are vases with flowers placed at both ends of the table.</t>
+  </si>
+  <si>
+    <t>Press conference (2020_04_004_042)</t>
+  </si>
+  <si>
+    <t>A colour image of nine men seated behind a table, indoors. Behind them on the wall is a banner that reads in English, "Komagata Maru 75th Anniversary 1914-1989" and two framed black and white photographs of the Komagata Maru and its passengers. On the table there are microphones placed in front of Hugh Johnston and Kanwal Singh Neel. There are vases with flowers placed at both ends of the table.</t>
+  </si>
+  <si>
+    <t>Proclamation to commemorate seventy-fifth anniversary of the Komagata Maru incident (2020_04_004_041)</t>
+  </si>
+  <si>
+    <t>Document detailing the proclamation from Gordon Campbell, the Mayor of Vancouver, declaring July 23, 1989 to be Komagata Maru Day.</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th anniversary (2020_04_004_040)</t>
+  </si>
+  <si>
+    <t>Document detailing the wording for the plaques the would be placed in Vancouver, made to commemorate the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>75th anniversary of the Komagata Maru incident report (2020_04_004_039)</t>
+  </si>
+  <si>
+    <t>Report outlining the events for the 75th anniversary of the Komagata Maru tragedy. The report also provides the program for the historical gathering held on July 23, 1989.</t>
+  </si>
+  <si>
+    <t>From the critical eye of uncle Vancouveria (2020_04_004_038)</t>
+  </si>
+  <si>
+    <t>Satire piece written for Indo-Canadian Times newspaper criticizing Bill C-84, as well as the events surrounding the 75th anniversary of the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>[Newspaper clippings] (2020_04_004_037)</t>
+  </si>
+  <si>
+    <t>Compilation of Canadian newspaper clippings surrounding the topic of the 75th anniversary of the Komagata Maru. Articles included are printed in English and Punjabi.</t>
+  </si>
+  <si>
+    <t>Khalsa Diwan Society (2020_04_004_036)</t>
+  </si>
+  <si>
+    <t>Pamplet detailing the history of the Khalsa Diwan Society in Vancouver. The piece was written by Sarbjit Singh Neel. On the cover there are two photographs: one of the old gurdwara in Vancouver, the second, a photograph of the gurdwara located on Ross Street in Vancouver. On the last page, there are photographs of Bhai Mewa Singh and Bhai Balwant Singh.</t>
+  </si>
+  <si>
+    <t>Komagata Maru passenger list (2020_04_004_035)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+List with the names of the passengers aboard the Komagata Maru, including their place of origin.</t>
+  </si>
+  <si>
+    <t>The Komagata Maru incident (2020_04_004_034)</t>
+  </si>
+  <si>
+    <t>Pamphlet about the history of the Komagata Maru and its legacy written by Simon Fraser University history professor, Dr. Hugh Johnston. There are two photos of the Komagata Maru on the pamphlet cover. The pamphlet was published to commemorate the 75th anniversary of the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>[Letter from Sandra Wilking] (2020_04_004_033)</t>
+  </si>
+  <si>
+    <t>Letter from Alderman Sandra Wilking to Kanwal Singh Neel including minutes from the Vancouver City Council meeting on February 13, 1990.</t>
+  </si>
+  <si>
+    <t>You are cordially invited to attend (2020_04_004_032)</t>
+  </si>
+  <si>
+    <t>Invitation from the City of Vancouver inviting the recipient to the unveiling of a plaque commemorating the 75th anniversary of the Komagata Maru tragedy, on May 23, 1990. At the top of the invitation is the City of Vancouver's coat of arms.</t>
+  </si>
+  <si>
+    <t>Komagata Maru a story in pictures (2020_04_004_031)</t>
+  </si>
+  <si>
+    <t>Brochure from a photo exhibit held by Vancouver Sath commemorating the 75th anniversary of the Komagata Maru tragedy. The brochure gives a brief history of the Komagata Maru event and includes photographs from the ship. The brochure also includes information about the organization, Vancouver Sath. Vancouver Sath's logo is printed on the bottom of the first page. The brochure is printed on pink paper in both English and Punjabi</t>
+  </si>
+  <si>
+    <t>"White" Canada? (2020_04_004_030)</t>
+  </si>
+  <si>
+    <t>News article describing the history and legacy of the Komagata Maru incident.</t>
+  </si>
+  <si>
+    <t>[Invitation to the historical gathering to commemorate the 75th anniversary of the Komagata Maru incident] (2020_04_004_029)</t>
+  </si>
+  <si>
+    <t>Invitation to the historical gathering on July 23, 1989, to commemorate the 75th anniversary of the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>75th anniversary of the Komagata Maru incident (2020_04_004_028)</t>
+  </si>
+  <si>
+    <t>Notice written by B.C. Premier Bill Vander Zalm declaring the week of July 17-23, 1989, as "The 75th Anniversary of the Komagata Maru Incident" in the province of B.C.</t>
+  </si>
+  <si>
+    <t>[Letter to Bill Vander Zalm from Bikar Singh Dhillon] (2020_04_004_027)</t>
+  </si>
+  <si>
+    <t>Letter written by Bikar Singh Dhillon, president of Khalsa Diwan Society Vancouver, to B.C. Premier Bill Vander Zalm. Dhillon expresses his shock at the premier's treatment of M.L.A. Moe Sihota, as well as his refusal to support the placement of a commemorative plaque honouring the passengers of the Komagata Maru. Dhillon reminds the premier of the past actions of the provincial government during the time of the Komagata Maru tragedy, and further reminds Vander Zalm of his previous promises to honour the Sikh community. The letter is printed on a white paper with the Khalsa Diwan Society Vancouver letterhead.</t>
+  </si>
+  <si>
+    <t>[Letter from Bikar Singh Dhillon] (2020_04_004_026)</t>
+  </si>
+  <si>
+    <t>Letter written by Bikar Singh Dhillon, president of Khalsa Diwan Society Vancouver. The recipient of the letter is an unknown president of an organization. In the letter, Dhillon requests the recipient to post a poster with the events surrounding the 75th anniversary of the Komagata Maru tragedy where the organization's members would be able to see it. The letter is written on a white paper with the Khalsa Diwan Society Vancouver letterhead.</t>
+  </si>
+  <si>
+    <t>[Map for Komagata Maru 75th anniversary historical gathering event] (2020_04_004_025)</t>
+  </si>
+  <si>
+    <t>Hand drawn map outlining the area for the historic gathering commemorating the 75th anniversary of the Komagata Maru tragedy in Vancouver, BC, on July 23, 1989.</t>
+  </si>
+  <si>
+    <t>[Letter from Moe Sihota] (2020_04_004_024)</t>
+  </si>
+  <si>
+    <t>Letter written by Moe Sihota, M.L.A., describing a day in the Legislature when he attempted to get a response from the provincial government on whether the provincial government would consider providing funding for the Komagata Maru memorial. He was met with denial, and a debate among the members ensued. During the exchange, racial allusions and comments were made against Mr. Sihota by the premier, Bill Vander Zalm. Included is a copy of the debate as well as copies of news articles covering the event.</t>
+  </si>
+  <si>
+    <t>[Letter from Moe Sihota] (2020_04_004_023)</t>
+  </si>
+  <si>
+    <t>Letter written by Moe Sihota, M.L.A., describing a day in the Legislature when he attempted to get a response from the provincial government on whether there were plans to commemorate the Komagata Maru tragedy. The inquiry was met with denial. Included is a copy of the exchange between Sihota and Reid, the Minister of Tourism, as well a copy of the news release Moe Sihota released following the exchange.</t>
+  </si>
+  <si>
+    <t>Komagata Maru a story in pictures (2020_04_004_022)</t>
+  </si>
+  <si>
+    <t>Exhibit flyer detailing the photo exhibit held by Vancouver Sath commemorating the 75th anniversary of the Komagata Maru tragedy. Flyer details event dates, time, and location. On the bottom of the flyer is Vancouver Sath's logo and contact information.</t>
+  </si>
+  <si>
+    <t>Vancouver Sath cordially invite you to attend (2020_04_004_021)</t>
+  </si>
+  <si>
+    <t>Invitation from Vancouver Sath to their event, The Komagata Maru Photo Exhibition Release. The photo exhibition was created to commemorating the 75th anniversary for the Komagata Maru tragedy. The invitation includes information regarding the event date, time, and location.</t>
+  </si>
+  <si>
+    <t>Komagata Maru photo : exhibition (2020_04_004_020)</t>
+  </si>
+  <si>
+    <t>Copy of a news release from May 12, 1989 from Vancouver Sath announcing a public exhibition created to commemorate the 75th anniversary of the Komagata Maru tragedy. The news release provides the date, time, and location of the event. On the top of the page there is a photograph of the Komagata Maru's passengers, as well as the contact information and logo for Vancouver Sath.</t>
+  </si>
+  <si>
+    <t>Komagata Maru day (2020_04_004_019)</t>
+  </si>
+  <si>
+    <t>Notice detailing an event hosted by the Progressive Indo-Canadian Community Services Society, commemorating the 75th anniversary of the Komagata Maru tragedy. The notice provides information about the time, date, and place of the event, as well as information regarding the speaker and other event presentations. The notice is printed on yellow paper and is in written in both English and Punjabi.</t>
+  </si>
+  <si>
+    <t>Statement of orientation and objectives (2020_04_004_018)</t>
+  </si>
+  <si>
+    <t>Document detailing the establishment of the Komagata Maru Historical Society. The guiding principles, goals, and objectives of the Society are also outlined.</t>
+  </si>
+  <si>
+    <t>[Letter from the Komagata Maru Historical Society] (2020_04_004_017)</t>
+  </si>
+  <si>
+    <t>Letter written by Hari Sharma from the Komagata Maru Historical Society inviting organizations to join the Society. The letter outlines some goals of the committee and some of its principles. At the top of the page, written in hand, is the addressee, Kanwal Singh Neel from Khalsa Diwan Society. At the bottom of the page is a handwritten note with an invitation to the Society's next meeting at the Himalayan Restaurant in Vancouver. This letter is printed on a white sheet of paper with the Komagata Maru Historical Society letterhead.</t>
+  </si>
+  <si>
+    <t>Commemorate the 75th anniversary of the forcible ouster of the Komagata Maru ship from the shores of Canada (2020_04_004_016)</t>
+  </si>
+  <si>
+    <t>Notice giving details for the historic gathering on July 23, 1989 for the commemoration of the 75th anniversary of the Komagata Maru tragedy. The notice provides information on the date, time, and location of the event. Through the notice, the Komagata Maru Historical Society calls upon its members to attend the event to bear witness to the gathering and to witness the Vancouver Mayor, Gordon Campbell issue a proclamation to recall the Komagata Maru tragedy. The notice is printed on a white sheet of paper with the Komagata Maru Historical Society letterhead.</t>
+  </si>
+  <si>
+    <t>[Letter to Bikar Singh Dhillon] (2020_04_004_015)</t>
+  </si>
+  <si>
+    <t>Copy of a letter written to Bikar Singh Dhillon, the president of Khalsa Diwan Society Vancouver from Bill McKnight from the Minister of National Defense. In the letter, McKnight writes that despite feeling compassion, he had to deny the request for a 21 gun salute for the Komagata Maru commemoration event. He explains that salutes are reserved for certain events. He ends the letter by wishing Dhillon success in his endeavors. The letter is printed on yellow paper with the Ministry of National Defense letterhead, and is dated Jul 7, 1989. The letter is signed by Bill McKnight.</t>
+  </si>
+  <si>
+    <t>Komagata Maru day proclaimed (2020_04_004_014)</t>
+  </si>
+  <si>
+    <t>Copy of a news release from July 21, 1989, from the Province of British Columbia announcing the establishment of July 23 as Komagata Maru Memorial Day. The record also contains a copy of the official proclamation from the Province of British Columbia.</t>
+  </si>
+  <si>
+    <t>[Letter to Wendy Carter] (2020_04_004_013)</t>
+  </si>
+  <si>
+    <t>Copy of a letter written to Wendy Carter, Regional Director of the Department of Secretary of State. The letter was written on October 2, 1989 and details a request for her approval on the wording for a plaque commemorating the Komagata Maru tragedy, and for a statement regarding financial contribution for the plaque. There is an appendix following the letter detailing the participants in the meeting when the wording for the plaque was outlined.</t>
+  </si>
+  <si>
+    <t>[Notes from planning of July 23, 1989 Komagata Maru anniversary event] (2020_04_004_012)</t>
+  </si>
+  <si>
+    <t>Handwritten notes regarding the planning of the 75th anniversary of the Komagata Maru events in Vancouver, B.C.</t>
+  </si>
+  <si>
+    <t>Agenda June 25, 1989 (2020_04_004_011)</t>
+  </si>
+  <si>
+    <t>Meeting agenda for June 25, 1989 regarding the 75th anniversary of the Komagata Maru tragedy commemoration events in Vancouver, B.C. Record contains some handwritten notes.</t>
+  </si>
+  <si>
+    <t>Budget planning for the Komagata Maru project (2020_04_004_010)</t>
+  </si>
+  <si>
+    <t>Budget details for the events surrounding the 75th anniversary of the Komagata Maru tragedy in Vancouver, B.C.</t>
+  </si>
+  <si>
+    <t>Agenda June 11, 1989 (2020_04_004_009)</t>
+  </si>
+  <si>
+    <t>Meeting agenda for June 11, 1989 regarding the 75th anniversary of the Komagata Maru tragedy commemoration events in Vancouver, B.C. Record contains some handwritten notes.</t>
+  </si>
+  <si>
+    <t>Agenda May 22, 1989 (2020_04_004_008)</t>
+  </si>
+  <si>
+    <t>Meeting agenda for May 22, 1989 regarding the 75th anniversary of the Komagata Maru tragedy commemoration events in Vancouver, B.C.</t>
+  </si>
+  <si>
+    <t>Activities planned to commemorate the Komagata Maru incident in 1989 (2020_04_004_007)</t>
+  </si>
+  <si>
+    <t>Record detailing the activities that were included as the main projects to commemorate the Komagata Maru tragedy in Vancouver, B.C. The record details the activities which included organizing functions and events for the public to attend, educating the public about the Komagata Maru, and making donations to the food bank. The document is printed on white paper with the Khalsa Diwan Society letterhead.</t>
+  </si>
+  <si>
+    <t>[Notes from meeting April 23, 1989] (2020_04_004_006)</t>
+  </si>
+  <si>
+    <t>Record contains the agenda, minutes, and contact sheet from a meeting held on April 23, 1989 regarding the commemoration events in Vancouver, B.C. for the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>Komagata Maru incident 75th anniversary (1914-1989) (2020_04_004_005)</t>
+  </si>
+  <si>
+    <t>Flyer detailing information about events in the Metro Vancouver area pertaining to the commemoration of the 75th anniversary of the Komagata Maru tragedy. Events detailed include a historic gathering at Burrard Street, a plaque unveiling, a community food drive, as well as the Ross Street gurdwara's open house. There are two photos of the Komagata Maru at the top of the flyer and a map indicating the location of the historic gathering event.</t>
+  </si>
+  <si>
+    <t>You are urged to donate to... the food bank at Sikh temple (2020_04_004_004)</t>
+  </si>
+  <si>
+    <t>Flyer detailing information about a food drive hosted by the Khalsa Diwan Society, Ross Street Gurdwara from July 9-16, 1989, to commemorate the 75th anniversary of the Komagata Maru tragedy. The back of the flyer includes information about an the gurdwara's open house, inviting people to tour the gurdwara, view its exhibits on the Komagata Maru, and partake in langar.</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th anniversary commemoration day (2020_04_004_003)</t>
+  </si>
+  <si>
+    <t>Program for the Komagata Maru 75th anniversary event held in Vancouver, B.C. on July 23, 1989. The program is printed on pink paper and there is a photograph of the Komagata Maru printed on the cover. The program details the schedule for the event and provides the lyrics for the Canadian anthem as well as the Sikh national anthem.</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th anniversary commemoration day (2020_04_004_002)</t>
+  </si>
+  <si>
+    <t>Program for the Komagata Maru 75th anniversary event held in Vancouver, B.C. on July 23, 1989. The program is printed on white paper and there is a photograph of the Komagata Maru printed on the cover. The program details the schedule for the event and provides a copy of an official proclamation from the province of British Columbia announcing the establishment of "Komagata Maru Memorial Day," in British Columbia.</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th anniversary 1914-1989 (2020_04_004_001)</t>
+  </si>
+  <si>
+    <t>Record detailing the dates of the 75th anniversary of the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>Komagata Maru tragedy (2020_04_002_001)</t>
+  </si>
+  <si>
+    <t>Pamphlet detailing the history of the Komagata Maru tragedy</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th anniversary commemorative pin (2020_04_001_003)</t>
+  </si>
+  <si>
+    <t>Enamel pin with the outline in the shape of the Komagata Maru ship, with the details, "Komagata Maru Anniv. 1914-1989."</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th anniversary commemorative button (2020_04_001_002)</t>
+  </si>
+  <si>
+    <t>White commemorative button from the Komagata Maru 75th Anniversary, depicting an image of the Komagata Maru, and the dates 1914-1989</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th anniversary commemorative button (2020_04_001_001)</t>
+  </si>
+  <si>
+    <t>Yellow commemorative button from the Komagata Maru 75th Anniversary, depicting an image of passengers on the Komagata Maru, and the dates 1914-1989</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +797,3659 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70917_ca_object_representations_media_1582_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82087_ca_object_representations_media_1581_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72081_ca_object_representations_media_1580_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17877_ca_object_representations_media_1579_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29850_ca_object_representations_media_1578_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86645_ca_object_representations_media_1577_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83366_ca_object_representations_media_1576_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49594_ca_object_representations_media_1575_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24418_ca_object_representations_media_1574_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86607_ca_object_representations_media_1573_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62759_ca_object_representations_media_1572_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38014_ca_object_representations_media_1571_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8417_ca_object_representations_media_1570_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16206_ca_object_representations_media_1569_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98956_ca_object_representations_media_1568_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84897_ca_object_representations_media_1567_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58425_ca_object_representations_media_1566_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85090_ca_object_representations_media_1565_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10736_ca_object_representations_media_1564_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71541_ca_object_representations_media_1563_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15947_ca_object_representations_media_1562_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70188_ca_object_representations_media_1561_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54827_ca_object_representations_media_1560_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10019_ca_object_representations_media_1559_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1971_ca_object_representations_media_1558_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89360_ca_object_representations_media_1557_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10224_ca_object_representations_media_1556_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75173_ca_object_representations_media_1555_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46101_ca_object_representations_media_1554_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30815_ca_object_representations_media_1553_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56717_ca_object_representations_media_1552_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77546_ca_object_representations_media_1551_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12890_ca_object_representations_media_1550_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69393_ca_object_representations_media_1549_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85274_ca_object_representations_media_1548_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60514_ca_object_representations_media_1547_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75686_ca_object_representations_media_1546_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6072_ca_object_representations_media_1545_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43443_ca_object_representations_media_1544_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34530_ca_object_representations_media_1543_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90286_ca_object_representations_media_1542_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17000_ca_object_representations_media_1541_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4190_ca_object_representations_media_1540_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35653_ca_object_representations_media_1539_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96600_ca_object_representations_media_1538_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71283_ca_object_representations_media_1537_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56480_ca_object_representations_media_1536_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67800_ca_object_representations_media_1535_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25298_ca_object_representations_media_1534_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99397_ca_object_representations_media_1533_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95253_ca_object_representations_media_1532_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24399_ca_object_representations_media_1531_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66196_ca_object_representations_media_1530_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80472_ca_object_representations_media_1529_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93568_ca_object_representations_media_1528_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1927_ca_object_representations_media_1527_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40149_ca_object_representations_media_1526_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4211_ca_object_representations_media_1525_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45703_ca_object_representations_media_1524_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96286_ca_object_representations_media_1523_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78943_ca_object_representations_media_1522_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23933_ca_object_representations_media_1521_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60069_ca_object_representations_media_1520_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53459_ca_object_representations_media_1519_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38420_ca_object_representations_media_1518_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36089_ca_object_representations_media_1517_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47245_ca_object_representations_media_1516_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10597_ca_object_representations_media_1515_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5992_ca_object_representations_media_1514_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76531_ca_object_representations_media_1513_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91741_ca_object_representations_media_1512_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58387_ca_object_representations_media_1511_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64599_ca_object_representations_media_1510_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63030_ca_object_representations_media_1509_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67923_ca_object_representations_media_1508_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62579_ca_object_representations_media_1507_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55774_ca_object_representations_media_1506_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57181_ca_object_representations_media_1505_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40398_ca_object_representations_media_1504_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69524_ca_object_representations_media_1503_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61737_ca_object_representations_media_1502_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87906_ca_object_representations_media_1501_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64120_ca_object_representations_media_1500_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5104_ca_object_representations_media_1499_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17082_ca_object_representations_media_1498_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76159_ca_object_representations_media_1497_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14450_ca_object_representations_media_1496_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1277_ca_object_representations_media_1495_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62453_ca_object_representations_media_1494_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51559_ca_object_representations_media_1493_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96929_ca_object_representations_media_1492_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1486_ca_object_representations_media_1491_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30818_ca_object_representations_media_1490_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45866_ca_object_representations_media_1489_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57383_ca_object_representations_media_1488_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57383_ca_object_representations_media_1487_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29546_ca_object_representations_media_1486_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96616_ca_object_representations_media_1485_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54797_ca_object_representations_media_1484_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25410_ca_object_representations_media_1483_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1475_ca_object_representations_media_1482_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61780_ca_object_representations_media_1481_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75199_ca_object_representations_media_1480_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2103_ca_object_representations_media_1479_large104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89576_ca_object_representations_media_1478_large105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6188_ca_object_representations_media_1477_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39207_ca_object_representations_media_1476_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18659_ca_object_representations_media_1475_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66961_ca_object_representations_media_1474_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65504_ca_object_representations_media_1473_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19024_ca_object_representations_media_1472_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54038_ca_object_representations_media_1471_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31218_ca_object_representations_media_1470_large113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92882_ca_object_representations_media_1469_large114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93654_ca_object_representations_media_1468_large115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42967_ca_object_representations_media_1467_large116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85200_ca_object_representations_media_1689_large117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92594_ca_object_representations_media_1451_large118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77866_ca_object_representations_media_1450_large119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75457_ca_object_representations_media_1449_large120.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4552950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4562475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4505325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4562475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4552950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4562475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4572000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4552950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9858375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9858375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4467225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4552950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9886950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4457700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4552950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="imageA46" descr="imageA46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="imageA47" descr="imageA47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="imageA48" descr="imageA48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="imageA49" descr="imageA49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4505325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="imageA50" descr="imageA50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9829800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="imageA51" descr="imageA51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9877425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="imageA52" descr="imageA52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9915525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="imageA53" descr="imageA53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="imageA54" descr="imageA54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4505325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="imageA55" descr="imageA55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="imageA56" descr="imageA56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="imageA57" descr="imageA57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="imageA58" descr="imageA58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9877425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="imageA59" descr="imageA59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9915525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="imageA60" descr="imageA60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9867900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="imageA61" descr="imageA61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9867900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="imageA62" descr="imageA62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9829800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="imageA63" descr="imageA63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9782175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="imageA64" descr="imageA64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="imageA65" descr="imageA65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="imageA66" descr="imageA66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4505325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="imageA67" descr="imageA67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9791700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="imageA68" descr="imageA68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="imageA69" descr="imageA69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="imageA70" descr="imageA70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="imageA71" descr="imageA71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="imageA72" descr="imageA72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="imageA73" descr="imageA73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="imageA74" descr="imageA74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="imageA75" descr="imageA75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="imageA76" descr="imageA76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8601075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="imageA77" descr="imageA77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="imageA78" descr="imageA78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="imageA79" descr="imageA79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="imageA80" descr="imageA80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4933950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="imageA81" descr="imageA81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8162925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="imageA82" descr="imageA82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="imageA83" descr="imageA83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8172450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="imageA84" descr="imageA84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="imageA85" descr="imageA85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5048250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="imageA86" descr="imageA86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12306300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="imageA87" descr="imageA87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="16259175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="imageA88" descr="imageA88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3076575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="imageA89" descr="imageA89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3076575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="imageA90" descr="imageA90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8763000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="imageA91" descr="imageA91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8848725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="imageA92" descr="imageA92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5200650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="imageA93" descr="imageA93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="imageA94" descr="imageA94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8601075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="imageA95" descr="imageA95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8696325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="imageA96" descr="imageA96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2886075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="imageA97" descr="imageA97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="imageA98" descr="imageA98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8553450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="imageA99" descr="imageA99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8582025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="imageA100" descr="imageA100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8658225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="imageA101" descr="imageA101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8610600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="imageA102" descr="imageA102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8696325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="imageA103" descr="imageA103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8705850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="imageA104" descr="imageA104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="imageA105" descr="imageA105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8496300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="imageA106" descr="imageA106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8677275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="imageA107" descr="imageA107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8505825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="imageA108" descr="imageA108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8734425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="imageA109" descr="imageA109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="imageA110" descr="imageA110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8677275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="imageA111" descr="imageA111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8715375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="imageA112" descr="imageA112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10239375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="imageA113" descr="imageA113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="imageA114" descr="imageA114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10172700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="imageA115" descr="imageA115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10334625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="imageA116" descr="imageA116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8505825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="imageA117" descr="imageA117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8639175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="imageA118" descr="imageA118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2867025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="imageA119" descr="imageA119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6181725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="imageA120" descr="imageA120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6305550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="imageA121" descr="imageA121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +4694,1202 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="401">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="406">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="403">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="407">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="402">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="404">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="407">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="403">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="406">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="407">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="399">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="401">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="400">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="408">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="404">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="402">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="402">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="400">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="406">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="402">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="402">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>43</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="400">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>45</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="400">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>47</v>
+      </c>
+      <c r="C24" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="401">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>49</v>
+      </c>
+      <c r="C25" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="403">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>51</v>
+      </c>
+      <c r="C26" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="402">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>53</v>
+      </c>
+      <c r="C27" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="879">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>55</v>
+      </c>
+      <c r="C28" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="403">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="404">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>59</v>
+      </c>
+      <c r="C30" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="879">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>61</v>
+      </c>
+      <c r="C31" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="396">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>63</v>
+      </c>
+      <c r="C32" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="403">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>65</v>
+      </c>
+      <c r="C33" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="396">
+      <c r="A34"/>
+      <c r="B34" t="s">
+        <v>67</v>
+      </c>
+      <c r="C34" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="399">
+      <c r="A35"/>
+      <c r="B35" t="s">
+        <v>69</v>
+      </c>
+      <c r="C35" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="398">
+      <c r="A36"/>
+      <c r="B36" t="s">
+        <v>71</v>
+      </c>
+      <c r="C36" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="405">
+      <c r="A37"/>
+      <c r="B37" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="401">
+      <c r="A38"/>
+      <c r="B38" t="s">
+        <v>74</v>
+      </c>
+      <c r="C38" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="406">
+      <c r="A39"/>
+      <c r="B39" t="s">
+        <v>76</v>
+      </c>
+      <c r="C39" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="401">
+      <c r="A40"/>
+      <c r="B40" t="s">
+        <v>78</v>
+      </c>
+      <c r="C40" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="404">
+      <c r="A41"/>
+      <c r="B41" t="s">
+        <v>80</v>
+      </c>
+      <c r="C41" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="882">
+      <c r="A42"/>
+      <c r="B42" t="s">
+        <v>82</v>
+      </c>
+      <c r="C42" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" customHeight="1" ht="403">
+      <c r="A43"/>
+      <c r="B43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C43" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" customHeight="1" ht="403">
+      <c r="A44"/>
+      <c r="B44" t="s">
+        <v>86</v>
+      </c>
+      <c r="C44" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" customHeight="1" ht="397">
+      <c r="A45"/>
+      <c r="B45" t="s">
+        <v>88</v>
+      </c>
+      <c r="C45" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" customHeight="1" ht="406">
+      <c r="A46"/>
+      <c r="B46" t="s">
+        <v>90</v>
+      </c>
+      <c r="C46" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" customHeight="1" ht="399">
+      <c r="A47"/>
+      <c r="B47" t="s">
+        <v>92</v>
+      </c>
+      <c r="C47" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" customHeight="1" ht="402">
+      <c r="A48"/>
+      <c r="B48" t="s">
+        <v>94</v>
+      </c>
+      <c r="C48" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" customHeight="1" ht="402">
+      <c r="A49"/>
+      <c r="B49" t="s">
+        <v>96</v>
+      </c>
+      <c r="C49" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" customHeight="1" ht="402">
+      <c r="A50"/>
+      <c r="B50" t="s">
+        <v>98</v>
+      </c>
+      <c r="C50" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" customHeight="1" ht="877">
+      <c r="A51"/>
+      <c r="B51" t="s">
+        <v>100</v>
+      </c>
+      <c r="C51" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" customHeight="1" ht="881">
+      <c r="A52"/>
+      <c r="B52" t="s">
+        <v>102</v>
+      </c>
+      <c r="C52" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" customHeight="1" ht="884">
+      <c r="A53"/>
+      <c r="B53" t="s">
+        <v>104</v>
+      </c>
+      <c r="C53" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" customHeight="1" ht="403">
+      <c r="A54"/>
+      <c r="B54" t="s">
+        <v>106</v>
+      </c>
+      <c r="C54" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" customHeight="1" ht="402">
+      <c r="A55"/>
+      <c r="B55" t="s">
+        <v>108</v>
+      </c>
+      <c r="C55" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" customHeight="1" ht="402">
+      <c r="A56"/>
+      <c r="B56" t="s">
+        <v>110</v>
+      </c>
+      <c r="C56" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" customHeight="1" ht="404">
+      <c r="A57"/>
+      <c r="B57" t="s">
+        <v>112</v>
+      </c>
+      <c r="C57" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" customHeight="1" ht="402">
+      <c r="A58"/>
+      <c r="B58" t="s">
+        <v>114</v>
+      </c>
+      <c r="C58" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" customHeight="1" ht="881">
+      <c r="A59"/>
+      <c r="B59" t="s">
+        <v>116</v>
+      </c>
+      <c r="C59" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" customHeight="1" ht="884">
+      <c r="A60"/>
+      <c r="B60" t="s">
+        <v>117</v>
+      </c>
+      <c r="C60" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26" customHeight="1" ht="880">
+      <c r="A61"/>
+      <c r="B61" t="s">
+        <v>119</v>
+      </c>
+      <c r="C61" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26" customHeight="1" ht="880">
+      <c r="A62"/>
+      <c r="B62" t="s">
+        <v>121</v>
+      </c>
+      <c r="C62" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" customHeight="1" ht="877">
+      <c r="A63"/>
+      <c r="B63" t="s">
+        <v>122</v>
+      </c>
+      <c r="C63" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" customHeight="1" ht="872">
+      <c r="A64"/>
+      <c r="B64" t="s">
+        <v>124</v>
+      </c>
+      <c r="C64" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26" customHeight="1" ht="405">
+      <c r="A65"/>
+      <c r="B65" t="s">
+        <v>126</v>
+      </c>
+      <c r="C65" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="66" spans="1:26" customHeight="1" ht="396">
+      <c r="A66"/>
+      <c r="B66" t="s">
+        <v>128</v>
+      </c>
+      <c r="C66" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="67" spans="1:26" customHeight="1" ht="402">
+      <c r="A67"/>
+      <c r="B67" t="s">
+        <v>130</v>
+      </c>
+      <c r="C67" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="68" spans="1:26" customHeight="1" ht="873">
+      <c r="A68"/>
+      <c r="B68" t="s">
+        <v>132</v>
+      </c>
+      <c r="C68" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26" customHeight="1" ht="396">
+      <c r="A69"/>
+      <c r="B69" t="s">
+        <v>134</v>
+      </c>
+      <c r="C69" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26" customHeight="1" ht="396">
+      <c r="A70"/>
+      <c r="B70" t="s">
+        <v>136</v>
+      </c>
+      <c r="C70" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26" customHeight="1" ht="400">
+      <c r="A71"/>
+      <c r="B71" t="s">
+        <v>138</v>
+      </c>
+      <c r="C71" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" customHeight="1" ht="399">
+      <c r="A72"/>
+      <c r="B72" t="s">
+        <v>140</v>
+      </c>
+      <c r="C72" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26" customHeight="1" ht="405">
+      <c r="A73"/>
+      <c r="B73" t="s">
+        <v>142</v>
+      </c>
+      <c r="C73" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26" customHeight="1" ht="395">
+      <c r="A74"/>
+      <c r="B74" t="s">
+        <v>144</v>
+      </c>
+      <c r="C74" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26" customHeight="1" ht="401">
+      <c r="A75"/>
+      <c r="B75" t="s">
+        <v>146</v>
+      </c>
+      <c r="C75" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="76" spans="1:26" customHeight="1" ht="402">
+      <c r="A76"/>
+      <c r="B76" t="s">
+        <v>148</v>
+      </c>
+      <c r="C76" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26" customHeight="1" ht="767">
+      <c r="A77"/>
+      <c r="B77" t="s">
+        <v>150</v>
+      </c>
+      <c r="C77" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26" customHeight="1" ht="772">
+      <c r="A78"/>
+      <c r="B78" t="s">
+        <v>152</v>
+      </c>
+      <c r="C78" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26" customHeight="1" ht="770">
+      <c r="A79"/>
+      <c r="B79" t="s">
+        <v>154</v>
+      </c>
+      <c r="C79" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26" customHeight="1" ht="771">
+      <c r="A80"/>
+      <c r="B80" t="s">
+        <v>156</v>
+      </c>
+      <c r="C80" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26" customHeight="1" ht="441">
+      <c r="A81"/>
+      <c r="B81" t="s">
+        <v>158</v>
+      </c>
+      <c r="C81" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26" customHeight="1" ht="728">
+      <c r="A82"/>
+      <c r="B82" t="s">
+        <v>160</v>
+      </c>
+      <c r="C82" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26" customHeight="1" ht="771">
+      <c r="A83"/>
+      <c r="B83" t="s">
+        <v>162</v>
+      </c>
+      <c r="C83" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" customHeight="1" ht="729">
+      <c r="A84"/>
+      <c r="B84" t="s">
+        <v>164</v>
+      </c>
+      <c r="C84" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26" customHeight="1" ht="770">
+      <c r="A85"/>
+      <c r="B85" t="s">
+        <v>166</v>
+      </c>
+      <c r="C85" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26" customHeight="1" ht="450">
+      <c r="A86"/>
+      <c r="B86" t="s">
+        <v>168</v>
+      </c>
+      <c r="C86" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" customHeight="1" ht="1098">
+      <c r="A87"/>
+      <c r="B87" t="s">
+        <v>170</v>
+      </c>
+      <c r="C87" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" customHeight="1" ht="1450">
+      <c r="A88"/>
+      <c r="B88" t="s">
+        <v>172</v>
+      </c>
+      <c r="C88" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" customHeight="1" ht="275">
+      <c r="A89"/>
+      <c r="B89" t="s">
+        <v>174</v>
+      </c>
+      <c r="C89" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" customHeight="1" ht="275">
+      <c r="A90"/>
+      <c r="B90" t="s">
+        <v>176</v>
+      </c>
+      <c r="C90" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" customHeight="1" ht="782">
+      <c r="A91"/>
+      <c r="B91" t="s">
+        <v>178</v>
+      </c>
+      <c r="C91" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26" customHeight="1" ht="790">
+      <c r="A92"/>
+      <c r="B92" t="s">
+        <v>180</v>
+      </c>
+      <c r="C92" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26" customHeight="1" ht="464">
+      <c r="A93"/>
+      <c r="B93" t="s">
+        <v>182</v>
+      </c>
+      <c r="C93" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26" customHeight="1" ht="770">
+      <c r="A94"/>
+      <c r="B94" t="s">
+        <v>184</v>
+      </c>
+      <c r="C94" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26" customHeight="1" ht="767">
+      <c r="A95"/>
+      <c r="B95" t="s">
+        <v>186</v>
+      </c>
+      <c r="C95" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26" customHeight="1" ht="776">
+      <c r="A96"/>
+      <c r="B96" t="s">
+        <v>188</v>
+      </c>
+      <c r="C96" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26" customHeight="1" ht="257">
+      <c r="A97"/>
+      <c r="B97" t="s">
+        <v>190</v>
+      </c>
+      <c r="C97" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26" customHeight="1" ht="771">
+      <c r="A98"/>
+      <c r="B98" t="s">
+        <v>192</v>
+      </c>
+      <c r="C98" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26" customHeight="1" ht="763">
+      <c r="A99"/>
+      <c r="B99" t="s">
+        <v>194</v>
+      </c>
+      <c r="C99" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26" customHeight="1" ht="765">
+      <c r="A100"/>
+      <c r="B100" t="s">
+        <v>196</v>
+      </c>
+      <c r="C100" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26" customHeight="1" ht="772">
+      <c r="A101"/>
+      <c r="B101" t="s">
+        <v>198</v>
+      </c>
+      <c r="C101" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26" customHeight="1" ht="769">
+      <c r="A102"/>
+      <c r="B102" t="s">
+        <v>200</v>
+      </c>
+      <c r="C102" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26" customHeight="1" ht="776">
+      <c r="A103"/>
+      <c r="B103" t="s">
+        <v>202</v>
+      </c>
+      <c r="C103" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26" customHeight="1" ht="776">
+      <c r="A104"/>
+      <c r="B104" t="s">
+        <v>204</v>
+      </c>
+      <c r="C104" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26" customHeight="1" ht="772">
+      <c r="A105"/>
+      <c r="B105" t="s">
+        <v>206</v>
+      </c>
+      <c r="C105" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26" customHeight="1" ht="758">
+      <c r="A106"/>
+      <c r="B106" t="s">
+        <v>208</v>
+      </c>
+      <c r="C106" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26" customHeight="1" ht="774">
+      <c r="A107"/>
+      <c r="B107" t="s">
+        <v>210</v>
+      </c>
+      <c r="C107" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26" customHeight="1" ht="759">
+      <c r="A108"/>
+      <c r="B108" t="s">
+        <v>212</v>
+      </c>
+      <c r="C108" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" customHeight="1" ht="779">
+      <c r="A109"/>
+      <c r="B109" t="s">
+        <v>214</v>
+      </c>
+      <c r="C109" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26" customHeight="1" ht="770">
+      <c r="A110"/>
+      <c r="B110" t="s">
+        <v>216</v>
+      </c>
+      <c r="C110" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26" customHeight="1" ht="774">
+      <c r="A111"/>
+      <c r="B111" t="s">
+        <v>218</v>
+      </c>
+      <c r="C111" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26" customHeight="1" ht="777">
+      <c r="A112"/>
+      <c r="B112" t="s">
+        <v>220</v>
+      </c>
+      <c r="C112" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="113" spans="1:26" customHeight="1" ht="914">
+      <c r="A113"/>
+      <c r="B113" t="s">
+        <v>222</v>
+      </c>
+      <c r="C113" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26" customHeight="1" ht="770">
+      <c r="A114"/>
+      <c r="B114" t="s">
+        <v>224</v>
+      </c>
+      <c r="C114" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26" customHeight="1" ht="908">
+      <c r="A115"/>
+      <c r="B115" t="s">
+        <v>226</v>
+      </c>
+      <c r="C115" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26" customHeight="1" ht="923">
+      <c r="A116"/>
+      <c r="B116" t="s">
+        <v>228</v>
+      </c>
+      <c r="C116" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="117" spans="1:26" customHeight="1" ht="759">
+      <c r="A117"/>
+      <c r="B117" t="s">
+        <v>230</v>
+      </c>
+      <c r="C117" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26" customHeight="1" ht="770">
+      <c r="A118"/>
+      <c r="B118" t="s">
+        <v>232</v>
+      </c>
+      <c r="C118" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" customHeight="1" ht="255">
+      <c r="A119"/>
+      <c r="B119" t="s">
+        <v>234</v>
+      </c>
+      <c r="C119" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="120" spans="1:26" customHeight="1" ht="551">
+      <c r="A120"/>
+      <c r="B120" t="s">
+        <v>236</v>
+      </c>
+      <c r="C120" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26" customHeight="1" ht="562">
+      <c r="A121"/>
+      <c r="B121" t="s">
+        <v>238</v>
+      </c>
+      <c r="C121" t="s">
+        <v>239</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>