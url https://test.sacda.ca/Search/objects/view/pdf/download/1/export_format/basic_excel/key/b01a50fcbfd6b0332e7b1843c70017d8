--- v0 (2026-01-29)
+++ v1 (2026-01-29)
@@ -1,73 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Mr. Jagtar Singh Sandhu : Surrey] (2020_04_004_082)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is chair holding a plaque. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Jagtar Singh Sandhu is seen giving a speech into the microphone. Kanwal Singh Neel and Noël Kinsella are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>[Mr. Jagtar Singh Sandhu : Surrey] (2020_04_004_083)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is chair holding a plaque. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Jagtar Singh Sandhu is seen giving a speech into the microphone. Kanwal Singh Neel and John Fraser are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Unveiling plaque (2020_04_004_093)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are four men standing on stage behind a table, holding up and unveiling a plaque. The plaque reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy. The men seen include Bikar Singh Dhillon, Gurnek Singh Brar, Hari Singh Seehra, and Jagtar Singh Sandhu. On the left, speakers are visible. In front of the stage, a person is visible standing and looking towards the four men.</t>
+  </si>
+  <si>
+    <t>Unveiling plaque (2020_04_004_094)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are four men standing on stage behind a table, holding up and unveiling a plaque. The men seen include Bikar Singh Dhillon, Gurnek Singh Brar, Hari Singh Seehra, and Jagtar Singh Sandhu. The plaque reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy.</t>
+  </si>
+  <si>
+    <t>Unveiling plaque (2020_04_004_095)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are four men standing on stage behind a table, holding up and unveiling a plaque. The men holding the plaque are Bikar Singh Dhillon,  Gurnek Singh Brar, Hari Singh Seehra and Jagtar Singh Sandhu. The plaque reads, "Komagata Maru Incident 75th Anniversary." In both English and Punjabi, there is writing on the plaque explaining the history of the Komagata Maru tragedy. Kanwal Singh Neel is seen standing at a podium speaking into a microphone. The podium reads, "Komagata Maru 75th Anniversary 1914-1989."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +118,209 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85274_ca_object_representations_media_1548_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69393_ca_object_representations_media_1549_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10019_ca_object_representations_media_1559_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54827_ca_object_representations_media_1560_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70188_ca_object_representations_media_1561_large5.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4467225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +565,167 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="66" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="398">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="399">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="401">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="400">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="400">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>