--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -1,73 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Letter from Moe Sihota] (2020_04_004_023)</t>
+  </si>
+  <si>
+    <t>Letter written by Moe Sihota, M.L.A., describing a day in the Legislature when he attempted to get a response from the provincial government on whether there were plans to commemorate the Komagata Maru tragedy. The inquiry was met with denial. Included is a copy of the exchange between Sihota and Reid, the Minister of Tourism, as well a copy of the news release Moe Sihota released following the exchange.</t>
+  </si>
+  <si>
+    <t>[Letter from Moe Sihota] (2020_04_004_024)</t>
+  </si>
+  <si>
+    <t>Letter written by Moe Sihota, M.L.A., describing a day in the Legislature when he attempted to get a response from the provincial government on whether the provincial government would consider providing funding for the Komagata Maru memorial. He was met with denial, and a debate among the members ensued. During the exchange, racial allusions and comments were made against Mr. Sihota by the premier, Bill Vander Zalm. Included is a copy of the debate as well as copies of news articles covering the event.</t>
+  </si>
+  <si>
+    <t>[Letter to Bill Vander Zalm from Bikar Singh Dhillon] (2020_04_004_027)</t>
+  </si>
+  <si>
+    <t>Letter written by Bikar Singh Dhillon, president of Khalsa Diwan Society Vancouver, to B.C. Premier Bill Vander Zalm. Dhillon expresses his shock at the premier's treatment of M.L.A. Moe Sihota, as well as his refusal to support the placement of a commemorative plaque honouring the passengers of the Komagata Maru. Dhillon reminds the premier of the past actions of the provincial government during the time of the Komagata Maru tragedy, and further reminds Vander Zalm of his previous promises to honour the Sikh community. The letter is printed on a white paper with the Khalsa Diwan Society Vancouver letterhead.</t>
+  </si>
+  <si>
+    <t>[Newspaper clippings] (2020_04_004_037)</t>
+  </si>
+  <si>
+    <t>Compilation of Canadian newspaper clippings surrounding the topic of the 75th anniversary of the Komagata Maru. Articles included are printed in English and Punjabi.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_050)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are two men in the foreground with their backs turned and Moe Sihota is seen stepping down from a stage.</t>
+  </si>
+  <si>
+    <t>Flags on stage at the Canada Place gathering (2020_04_004_056)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. There are three flags in the photograph: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. Behind the flags, Moe Sihota and Emery Barnes are seen standing.</t>
+  </si>
+  <si>
+    <t>Flags on stage at the Canada Place gathering (2020_04_004_057)</t>
+  </si>
+  <si>
+    <t>Stage at the Canada Place gathering (2020_04_004_058)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. The front of an outdoor stage is visible. There are three flags in the photograph: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. Behind the flags, Moe Sihota and Emery Barnes are seen standing. There is a podium with microphones visible. In the foreground is a woman facing away. In the background, Canada Place is seen.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_071)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage including Gordon Wilson, Doug Mowat, Emery Barnes, and Moe Sihota. There are three flags on the stage: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion.</t>
+  </si>
+  <si>
+    <t>Mr. Doug Mowat M.L.A (2020_04_004_075)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell, Gordon Wilson, Emery Barnes, Moe Sihota, Rosaline Stoddard, and Jim Young are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Doug Mowat, a Member of the Legislative Assembly of British Columbia, is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Mr. Emery Barnes M.L.A. (2020_04_004_077)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. Margaret Mitchell, Doug Mowat, Rosaline Stoddard, and Moe Sihota are seen seated on stage. Emery Barnes is standing on the left of the image, giving a speech into a microphone. There are three flags visible on stage: the B.C. flag, the Canadian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. There is a crowd of people in the foreground, standing in front of the stage.</t>
+  </si>
+  <si>
+    <t>Mr. Moe Sihota M.L.A (2020_04_004_080)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Moe Sihota is seen giving a speech into the microphone. Kanwal Singh Neel, Noël Kinsella, Margaret Mitchell, and Gordon Wilson are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Mr. Moe Sihota M.L.A (2020_04_004_081)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. There is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Moe Sihota is seen giving a speech into the microphone. Kanwal Singh Neel, Noël Kinsella, Margaret Mitchell, and Gordon Wilson are seen seated on stage behind Moe Sihota.</t>
+  </si>
+  <si>
+    <t>Mr. Moe Sihota M.L.A (2020_04_004_090)</t>
+  </si>
+  <si>
+    <t>[Video interview with Moe Sihota conducted by Dr. Anushay Malik] (2021_08_03_010)</t>
+  </si>
+  <si>
+    <t>Munmohan Singh “Moe” Sihota was born in Duncan. His family instilled in him a deep respect for unions and politics. Sihota worked in sawmills during the summer while attending university. He is the first South Asian to be elected to public office in Canada and has held numerous cabinet positions in NDP governments in BC. This is the second of two full-length interviews conducted by Dr. Anushay Malik with Sihota on behalf of the BC Labour Heritage Centre's "Union Zindabad!" Project, 2021.</t>
+  </si>
+  <si>
+    <t>[Video interview of Moe Sihota conducted by Dr. Anushay Malik] (2021_08_04_021)</t>
+  </si>
+  <si>
+    <t>Moe Sihota was MLA and Labour Minister under the BCNDP government, the first South Asian Canadian to hold such a position. He describes the importance of the pensions won by the International Woodworkers of America (IWA) to the union's South Asian members.
+This clip is from the second of two videos conducted with Moe by Dr. Anushay Malik on behalf of the BC Labour Heritage Centre's "Union Zindabad!" Project, 2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +179,539 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45866_ca_object_representations_media_1489_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30818_ca_object_representations_media_1490_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51559_ca_object_representations_media_1493_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69524_ca_object_representations_media_1503_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47245_ca_object_representations_media_1516_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78943_ca_object_representations_media_1522_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96286_ca_object_representations_media_1523_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45703_ca_object_representations_media_1524_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71283_ca_object_representations_media_1537_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17000_ca_object_representations_media_1541_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34530_ca_object_representations_media_1543_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75686_ca_object_representations_media_1546_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60514_ca_object_representations_media_1547_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10224_ca_object_representations_media_1556_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7702_ca_object_representations_media_6517_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42493_ca_object_representations_media_6544_large16.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8601075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8763000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4933950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9791700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9867900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9867900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9915525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9858375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3752850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3752850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +956,266 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="767">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="770">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="782">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="441">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="873">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="880">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="880">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="884">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="399">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="403">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="404">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="401">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="405">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="879">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="334">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="334">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>