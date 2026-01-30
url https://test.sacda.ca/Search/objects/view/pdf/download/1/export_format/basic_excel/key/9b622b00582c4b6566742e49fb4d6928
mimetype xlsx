--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -1,73 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_071)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage including Gordon Wilson, Doug Mowat, Emery Barnes, and Moe Sihota. There are three flags on the stage: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion.</t>
+  </si>
+  <si>
+    <t>Mr. Doug Mowat M.L.A (2020_04_004_075)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell, Gordon Wilson, Emery Barnes, Moe Sihota, Rosaline Stoddard, and Jim Young are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Doug Mowat, a Member of the Legislative Assembly of British Columbia, is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Mr. Emery Barnes M.L.A. (2020_04_004_076)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Margaret Mitchell, and Gordon Wilson are seen on stage. There is a podium that "Komagata Maru 75th Anniversary 1914-1989." Emery Barnes is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Ms. Rosaline Stoddard (2020_04_004_088)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Rosaline Stoddard is seen standing behind the podium speaking into the microphone. Kanwal Singh Neel, Noël Kinsella, Gordon Wilson, Margaret Mitchell, Doug Mowat, and Emery Barnes are visible in the background.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +112,179 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71283_ca_object_representations_media_1537_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17000_ca_object_representations_media_1541_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90286_ca_object_representations_media_1542_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46101_ca_object_representations_media_1554_large4.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9886950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +529,158 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="52" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="399">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="403">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="882">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="404">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>