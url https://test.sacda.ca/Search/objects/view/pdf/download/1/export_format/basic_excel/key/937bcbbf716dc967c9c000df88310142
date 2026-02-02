--- v0 (2025-12-17)
+++ v1 (2026-02-02)
@@ -1,73 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>L-&gt;R Mayor Campbell, Grace McCarthy, Fed, Ald. Walking, K. Neel, H. Rankin, Park, Charn Gill, B. Dhillon, H. Sharma (2020_04_004_114)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. A group of people are seen grouped together, looking forward. In the background there is a crowd of people.</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_112)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. The plaque is visible, placed in the ground among the greenery. Gordon Campbell, Grace McCarthy, and a third person, are seen helping to remove a sheet off the plaque. Behind them, in the background, there is a group of people watching.</t>
+  </si>
+  <si>
+    <t>Plaque unveiling at Portal Park (2020_04_004_110)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the plaque unveiling event at Portal Park, Vancouver, commemorating the Komagata Maru 75th anniversary. There is a crowd of people standing close together, amongst some greenery. On the left, in the crowd, Grace McCarthy, Social Credit M.L.A., is seen speaking at a podium. In the background on the left of the image, there are trains, as well as boats in the water and mountains in the scenery. In the foreground, there is greenery.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +106,149 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72081_ca_object_representations_media_1580_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29850_ca_object_representations_media_1578_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83366_ca_object_representations_media_1576_large3.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4505325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4562475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +493,149 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="403">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="402">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="407">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>