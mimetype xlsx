--- v0 (2025-12-13)
+++ v1 (2026-01-30)
@@ -1,73 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Letter from Moe Sihota] (2020_04_004_023)</t>
+  </si>
+  <si>
+    <t>Letter written by Moe Sihota, M.L.A., describing a day in the Legislature when he attempted to get a response from the provincial government on whether there were plans to commemorate the Komagata Maru tragedy. The inquiry was met with denial. Included is a copy of the exchange between Sihota and Reid, the Minister of Tourism, as well a copy of the news release Moe Sihota released following the exchange.</t>
+  </si>
+  <si>
+    <t>[Letter from Moe Sihota] (2020_04_004_024)</t>
+  </si>
+  <si>
+    <t>Letter written by Moe Sihota, M.L.A., describing a day in the Legislature when he attempted to get a response from the provincial government on whether the provincial government would consider providing funding for the Komagata Maru memorial. He was met with denial, and a debate among the members ensued. During the exchange, racial allusions and comments were made against Mr. Sihota by the premier, Bill Vander Zalm. Included is a copy of the debate as well as copies of news articles covering the event.</t>
+  </si>
+  <si>
+    <t>[Letter to Bill Vander Zalm from Bikar Singh Dhillon] (2020_04_004_027)</t>
+  </si>
+  <si>
+    <t>Letter written by Bikar Singh Dhillon, president of Khalsa Diwan Society Vancouver, to B.C. Premier Bill Vander Zalm. Dhillon expresses his shock at the premier's treatment of M.L.A. Moe Sihota, as well as his refusal to support the placement of a commemorative plaque honouring the passengers of the Komagata Maru. Dhillon reminds the premier of the past actions of the provincial government during the time of the Komagata Maru tragedy, and further reminds Vander Zalm of his previous promises to honour the Sikh community. The letter is printed on a white paper with the Khalsa Diwan Society Vancouver letterhead.</t>
+  </si>
+  <si>
+    <t>[Newspaper clippings] (2020_04_004_037)</t>
+  </si>
+  <si>
+    <t>Compilation of Canadian newspaper clippings surrounding the topic of the 75th anniversary of the Komagata Maru. Articles included are printed in English and Punjabi.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +112,179 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45866_ca_object_representations_media_1489_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30818_ca_object_representations_media_1490_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51559_ca_object_representations_media_1493_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69524_ca_object_representations_media_1503_large4.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8601075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8763000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4933950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +529,158 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="767">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="770">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="782">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="441">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>