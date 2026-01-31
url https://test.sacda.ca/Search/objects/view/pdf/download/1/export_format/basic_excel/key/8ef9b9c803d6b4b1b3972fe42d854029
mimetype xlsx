--- v0 (2025-12-14)
+++ v1 (2026-01-31)
@@ -1,73 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Watan: A Quarterly of Punjabi Language, Literature, and Culture. Vol. 1, no. 1. (2021_07_678)</t>
+  </si>
+  <si>
+    <t>This first issue of Watan, a literary and cultural quarterly, discusses the Komagata Maru incident at its 75th anniversary. The journal includes articles, poetry, and historical material.,ਸਾਹਿਤੱਕ ਅਤੇ ਸਭਿਆਚਾਰਕ ਤ੍ਰੈਮਾਸਕ, ਵਤਨ ਦੇ ਇਸ ਪਹਿਲੇ ਅੰਕ ਵਿੱਚ, ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਦੀ 75ਵੀਂ ਵਰ੍ਹੇਗੰਢ ਉਤੇ ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਘਟਨਾ ਬਾਰੇ ਵਿਚਾਰ-ਵਟਾਂ।ਦਰਾ ਕੀਤਾ ਗਿਆ ਹੈ। ਤ੍ਰੈਮਾਸਕ ਪੱਤਰ ਵਿੱਚ ਪਰਚੇ, ਕਵਿਤਾਵਾਂ ਅਤੇ ਇਤਿਹਾਸਿਕ ਸਮੱਗਰੀ ਸ਼ਾਮਲ ਹੈ;ਸਾਹਿਤੱਕ ਅਤੇ ਸਭਿਆਚਾਰਕ ਤ੍ਰੈਮਾਸਕ, ਵਤਨ ਦੇ ਇਸ ਪਹਿਲੇ ਅੰਕ ਵਿੱਚ, ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਦੀ 75ਵੀਂ ਵਰ੍ਹੇਗੰਢ ਉਤੇ ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਘਟਨਾ ਬਾਰੇ ਵਿਚਾਰ-ਵਟਾਂ।ਦਰਾ ਕੀਤਾ ਗਿਆ ਹੈ। ਤ੍ਰੈਮਾਸਕ ਪੱਤਰ ਵਿੱਚ ਪਰਚੇ, ਕਵਿਤਾਵਾਂ ਅਤੇ ਇਤਿਹਾਸਿਕ ਸਮੱਗਰੀ ਸ਼ਾਮਲ ਹੈ</t>
+  </si>
+  <si>
+    <t>The Hindustanee Volume 1 No. 1 Page 1-8 (2021_07_3122)</t>
+  </si>
+  <si>
+    <t>Page 001-008</t>
+  </si>
+  <si>
+    <t>The Hindustanee Volume 1 No. 2 Page 1-8 (2021_07_3131)</t>
+  </si>
+  <si>
+    <t>Page 009-016</t>
+  </si>
+  <si>
+    <t>Copy of letter from Malcolm Reid to the deputy Minister of the Interior re publication of the 'Hindustani,' and its connection with the International Congress of India (2021_07_10673)</t>
+  </si>
+  <si>
+    <t>Page 119</t>
+  </si>
+  <si>
+    <t>The Hindustanee: The Official Organ of the United India League. Volume 1, Number 3 (2021_07_10923)</t>
+  </si>
+  <si>
+    <t>Contains an article pertaining to the death of Haranam Koor, wife of Bhag Singh.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +118,209 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13056_ca_object_representations_media_4148_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11370_ca_object_representations_media_3766_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65269_ca_object_representations_media_3767_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49127_ca_object_representations_media_3418_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91692_ca_object_representations_media_4342_large5.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8896350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8896350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9029700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8286750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9429750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +565,167 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="794">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="794">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="805">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="740">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="841">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>