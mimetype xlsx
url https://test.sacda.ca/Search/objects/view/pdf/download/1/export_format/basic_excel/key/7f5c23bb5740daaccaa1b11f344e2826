--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -28,93 +28,93 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>Letter from Reid to Stevens enclosing copy of judgment handed down by the Court of Appeal of British Columbia in the case of Munshi Singh (2021_07_10928)</t>
+  </si>
+  <si>
+    <t>Page 444-495</t>
+  </si>
+  <si>
+    <t>Copy of letter from R. L. Reid (Bowser, Reid and Wallbridge) to Malcolm Reid requesting that certain passengers be brought before the Board of Enquiry (2021_07_10706)</t>
+  </si>
+  <si>
+    <t>Page 363</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Hindus lost appeal case: validity of orders is upheld (2021_07_5156)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: No sign so far that court will free the Hindus (2021_07_5150)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Komagata's Hindus heard in high court (2021_07_5147)</t>
+  </si>
+  <si>
+    <t>Newsclippings - Vancouver News-Advertiser: Mr. Justice Martin's finding in Hindu case; Freedom is price of India's loyalty (2021_07_4042)</t>
+  </si>
+  <si>
+    <t>Page 063</t>
+  </si>
+  <si>
+    <t>Copy of letter from R. L. Reid, Agent for the Minister of Justice, to W. D. Scott re procedure of the Boards of Enquiry, and the conduct of the officers of the Immigration Department. Page 1-6 (2021_07_2234)</t>
+  </si>
+  <si>
+    <t>Page 637-642</t>
+  </si>
+  <si>
+    <t>[Correspondence re recent incidents (see pp. 381-385)] Page 1-3 (2021_07_320)</t>
+  </si>
+  <si>
+    <t>Page 386-406</t>
+  </si>
+  <si>
     <t>Copy of letter from Reid to W. D. Scott re Japanese insistence that they had no connection with the enterprise, and enclosing correspondence re recent incidents. Page 1-5 (2021_07_298)</t>
   </si>
   <si>
     <t>Page 381-385</t>
-  </si>
-[...37 lines deleted...]
-    <t>Page 444-495</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -136,153 +136,153 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55055_ca_object_representations_media_3668_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17005_ca_object_representations_media_3770_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41000_ca_object_representations_media_3645_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72566_ca_object_representations_media_3849_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74117_ca_object_representations_media_4071_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89640_ca_object_representations_media_4072_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21973_ca_object_representations_media_4074_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97054_ca_object_representations_media_3476_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73426_ca_object_representations_media_3676_large9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73426_ca_object_representations_media_3676_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97054_ca_object_representations_media_3476_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21973_ca_object_representations_media_4074_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89640_ca_object_representations_media_4072_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74117_ca_object_representations_media_4071_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72566_ca_object_representations_media_3849_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41000_ca_object_representations_media_3645_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17005_ca_object_representations_media_3770_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55055_ca_object_representations_media_3668_large9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:ext cx="6667500" cy="11001375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10858500"/>
+    <xdr:ext cx="6667500" cy="10753725"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:ext cx="6667500" cy="22098000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="9486900"/>
+    <xdr:ext cx="6667500" cy="10287000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -298,141 +298,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:ext cx="6667500" cy="9486900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="22098000"/>
+    <xdr:ext cx="6667500" cy="10772775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:ext cx="6667500" cy="10858500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6667500" cy="11001375"/>
+    <xdr:ext cx="6667500" cy="10801350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -758,114 +758,114 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="964">
+    <row r="2" spans="1:26" customHeight="1" ht="982">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="969">
+    <row r="3" spans="1:26" customHeight="1" ht="959">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="961">
+    <row r="4" spans="1:26" customHeight="1" ht="1972">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="846">
+    <row r="5" spans="1:26" customHeight="1" ht="918">
       <c r="A5"/>
       <c r="B5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:26" customHeight="1" ht="918">
       <c r="A6"/>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="918">
+    <row r="7" spans="1:26" customHeight="1" ht="846">
       <c r="A7"/>
       <c r="B7" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="1972">
+    <row r="8" spans="1:26" customHeight="1" ht="961">
       <c r="A8"/>
       <c r="B8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="959">
+    <row r="9" spans="1:26" customHeight="1" ht="969">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="10" spans="1:26" customHeight="1" ht="982">
+    <row r="10" spans="1:26" customHeight="1" ht="964">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 