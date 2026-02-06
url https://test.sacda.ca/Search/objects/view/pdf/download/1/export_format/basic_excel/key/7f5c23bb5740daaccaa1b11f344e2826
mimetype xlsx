--- v1 (2026-02-03)
+++ v2 (2026-02-06)
@@ -1,120 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...43 lines deleted...]
-    <t>Page 381-385</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -133,329 +86,50 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...277 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -700,194 +374,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z10"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="982">
-[...70 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>