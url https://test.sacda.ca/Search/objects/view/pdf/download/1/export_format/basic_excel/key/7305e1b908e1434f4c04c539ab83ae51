--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -1,73 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Mr. Gordon Wilson : Liberal Party (2020_04_004_069)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell and Doug Mowat are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Gordon Wilson, leader of the Liberal Party of B.C. is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_071)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage including Gordon Wilson, Doug Mowat, Emery Barnes, and Moe Sihota. There are three flags on the stage: the Canadian flag, the British Columbian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion.</t>
+  </si>
+  <si>
+    <t>Mr. Doug Mowat M.L.A (2020_04_004_074)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell and Gordon Wilson are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Doug Mowat, a Member of the Legislative Assembly of British Columbia, is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Mr. Doug Mowat M.L.A (2020_04_004_075)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a table. Kanwal Singh Neel, John Fraser, Noël Kinsella, Margaret Mitchell, Gordon Wilson, Emery Barnes, Moe Sihota, Rosaline Stoddard, and Jim Young are seen on stage. There is a podium that reads "Komagata Maru 75th Anniversary 1914-1989." Doug Mowat, a Member of the Legislative Assembly of British Columbia, is seen giving a speech into a microphone.</t>
+  </si>
+  <si>
+    <t>Mr. Emery Barnes M.L.A. (2020_04_004_077)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. Margaret Mitchell, Doug Mowat, Rosaline Stoddard, and Moe Sihota are seen seated on stage. Emery Barnes is standing on the left of the image, giving a speech into a microphone. There are three flags visible on stage: the B.C. flag, the Canadian flag, and the Nishan Sahib, a flag symbolizing the Sikh religion. There is a crowd of people in the foreground, standing in front of the stage.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_085)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Kanwal Singh Neel is seen standing behind the podium, speaking into a microphone. Noël Kinsella, Margaret Mitchell, Gordon Wilson, and Doug Mowat are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>Canada Place gathering (2020_04_004_086)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Kanwal Singh Neel is seen standing behind the podium, speaking into a microphone. Bikar Singh Dhillon, Margaret Mitchell, Gordon Wilson, and Doug Mowat are seen seated on stage.</t>
+  </si>
+  <si>
+    <t>[Dr. Hugh Johnston] (2020_04_004_087)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left, slightly out of view, is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Dr. Hugh Johnston, history professor at Simon Fraser University, is seen standing behind the podium speaking into the microphone. Kanwal Singh Neel, Gordon Wilson, Margaret Mitchell, and Doug Mowat are visible in the background.</t>
+  </si>
+  <si>
+    <t>Ms. Rosaline Stoddard (2020_04_004_088)</t>
+  </si>
+  <si>
+    <t>A colour image taken at the historical gathering commemorating the 75th anniversary of the Komagata Maru tragedy. A group of people are seen seated on top of a stage. On the left there is a chair holding a plaque and speakers. At the centre, there is a podium that reads, "Komagata Maru 75th Anniversary 1914-1989." Rosaline Stoddard is seen standing behind the podium speaking into the microphone. Kanwal Singh Neel, Noël Kinsella, Gordon Wilson, Margaret Mitchell, Doug Mowat, and Emery Barnes are visible in the background.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +142,329 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67800_ca_object_representations_media_1535_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71283_ca_object_representations_media_1537_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4190_ca_object_representations_media_1540_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17000_ca_object_representations_media_1541_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34530_ca_object_representations_media_1543_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77546_ca_object_representations_media_1551_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56717_ca_object_representations_media_1552_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30815_ca_object_representations_media_1553_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46101_ca_object_representations_media_1554_large9.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9858375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +709,203 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="65" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="402">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="399">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="403">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="403">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="404">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="403">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="396">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="879">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="404">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>