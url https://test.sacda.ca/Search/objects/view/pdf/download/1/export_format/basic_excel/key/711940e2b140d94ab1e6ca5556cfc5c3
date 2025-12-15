--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,195 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...118 lines deleted...]
-    <t>Aruna Pandia talks about her father, civil rights advocate Dr. Durai Pal Pandia, and her family's experience living in Canada.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -208,749 +86,50 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...697 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1195,317 +374,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z24"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="9" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="387">
-[...193 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>