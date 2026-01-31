--- v1 (2025-12-15)
+++ v2 (2026-01-31)
@@ -1,73 +1,195 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Amar Singh Nihang (2021_07_10831)</t>
+  </si>
+  <si>
+    <t>Provided by Kalwant Singh Nadeem Parmar.</t>
+  </si>
+  <si>
+    <t>Aruna Pandia interview (2021_07_10857)</t>
+  </si>
+  <si>
+    <t>Aruna Pandia talks about her father, civil rights advocate Dr. Durai Pal Pandia, and her family's experience living in Canada.</t>
+  </si>
+  <si>
+    <t>Crowds gathered to watch Sikhs on board the "Komatagamaru"[sic], Vancouver, BC (2021_07_10589)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. C-075262</t>
+  </si>
+  <si>
+    <t>Dr. D. P. Pandia With Compliments From Dr. Uma Viswalingam [decorative plate] (2021_07_10607)</t>
+  </si>
+  <si>
+    <t>Dr. Pandia (2020_06_11_074)</t>
+  </si>
+  <si>
+    <t>Image of Dr. Pandia working at a desk.</t>
+  </si>
+  <si>
+    <t>Dr. Pandia and Karm Singh (2020_06_11_075)</t>
+  </si>
+  <si>
+    <t>Image of Dr. Pandia and Karm Singh posing for a photo while sitting.</t>
+  </si>
+  <si>
+    <t>Dr. Pandia, Rajindi and Joan Mayo (2020_06_11_078)</t>
+  </si>
+  <si>
+    <t>Image of Dr. Panida, Rajindi Mayo and Joan Mayo posing for a photograph.</t>
+  </si>
+  <si>
+    <t>[Group in front of 2nd Avenue Temple, Vancouver, with men in military dress] (2021_07_10277)</t>
+  </si>
+  <si>
+    <t>Group of Indian Sikh children in a parade (2021_07_10545)</t>
+  </si>
+  <si>
+    <t>City of Vancouver Archives. Item number CVA 300-24</t>
+  </si>
+  <si>
+    <t>[H.M.S. 'Rainbow' in Vancouver harbour to watch over the 'Komagata Maru'] (2021_07_10622)</t>
+  </si>
+  <si>
+    <t>City of Vancouver Archives. Item number LGN 1032</t>
+  </si>
+  <si>
+    <t>[India] (2021_07_10823)</t>
+  </si>
+  <si>
+    <t>Interview with Dr. D. P. Pandia (2021_07_6329)</t>
+  </si>
+  <si>
+    <t>Dr. D. P. Pandia speaks about his own life and career, which took him to Indian diaspora communities around the world and across Canada, lecturing and organizing Indians to agitate for the franchise and improved immigration rights.</t>
+  </si>
+  <si>
+    <t>Ishar Singh Dhudike (2021_07_10833)</t>
+  </si>
+  <si>
+    <t>Komagata Maru 75th Anniversary [buttons] (2021_07_1722)</t>
+  </si>
+  <si>
+    <t>Provided by Dr. Kanwal Neel.</t>
+  </si>
+  <si>
+    <t>Komagata Maru incident (2021_07_10564)</t>
+  </si>
+  <si>
+    <t>May 23 to July 23, 1914. Komagata Maru surrounded by smaller vessels. Vancouver Public Library. Accession number 6225B</t>
+  </si>
+  <si>
+    <t>Komagata Maru incident [Gurdit Singh on board] (2021_07_10595)</t>
+  </si>
+  <si>
+    <t>Vancouver Public Library. Accession number 136</t>
+  </si>
+  <si>
+    <t>Military on board the Sea Lion tugboat (2021_07_10552)</t>
+  </si>
+  <si>
+    <t>Man sending a semaphore. Vancouver Public Library. Accession number 125</t>
+  </si>
+  <si>
+    <t>[Munsha Singh] (2021_07_10834)</t>
+  </si>
+  <si>
+    <t>[O. D. Skelton, Under-Secretary of State for External Affairs, to F. C. Blair, Director of Immigration] (2021_07_5043)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 387, File 536999, pt. 16</t>
+  </si>
+  <si>
+    <t>Rajindi Mayo with Dr. Pandia (2020_06_11_076)</t>
+  </si>
+  <si>
+    <t>Image of Dr. Pandia and Rajindi Mayo posing for a photo.</t>
+  </si>
+  <si>
+    <t>Sobu Singh, Dr. Pandia and Karm singh [sic.] came to our home after Rajindi's from Mayo (2020_06_11_077)</t>
+  </si>
+  <si>
+    <t>Image of Dr. Pandia, Sobu Singh, and Karm Singh posing for a photograph.</t>
+  </si>
+  <si>
+    <t>The Komagata Maru: Voyage of Shattered Dreams (2021_07_10847)</t>
+  </si>
+  <si>
+    <t>This film, produced at the 75th anniversary of the Komgata Maru incident, is hosted by Belle Puri and includes interviews with Dr. D. P. Pandia, Hardial Singh Atwal, Hugh Johnston, Ujjal Dosanjh, Dr. V. Setty Pendakur, Muneshwar Prasad, Mr. Justice Wallace T. Oppal, Gurnam Sanghera, and Anjali Atal.</t>
+  </si>
+  <si>
+    <t>Will the dyke hold? (2021_07_10821)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +208,749 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91946_ca_object_representations_media_3106_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20618_ca_object_representations_media_3037_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60587_ca_object_representations_media_3053_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18823_ca_object_representations_media_1064_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38282_ca_object_representations_media_1065_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42428_ca_object_representations_media_1068_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86324_ca_object_representations_media_2968_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97205_ca_object_representations_media_2993_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83525_ca_object_representations_media_3068_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63207_ca_object_representations_media_3098_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/audioIcon70012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34927_ca_object_representations_media_3108_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79240_ca_object_representations_media_3112_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33669_ca_object_representations_media_3012_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15476_ca_object_representations_media_3043_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19730_ca_object_representations_media_3000_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46497_ca_object_representations_media_3109_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9199_ca_object_representations_media_4038_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69093_ca_object_representations_media_1066_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13118_ca_object_representations_media_1067_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39993_ca_object_representations_media_3096_large23.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10153650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5238750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9505950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4343400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4495800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4933950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3790950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5010150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5172075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10458450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6267450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4743450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4610100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4724400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8448675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8277225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4410075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5172075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +1195,317 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="906">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="0">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="467">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="848">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="387">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="401">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="402">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="440">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="338">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="447">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="461">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="0">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="933">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="559">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="423">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="411">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="421">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="753">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>34</v>
+      </c>
+      <c r="C19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="739">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="393">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>37</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="400">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C22" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="0">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="461">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>43</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>