--- v0 (2025-12-13)
+++ v1 (2026-02-06)
@@ -1,73 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Continuous Journey: A Social History of South Asians in Canada (2021_07_292)</t>
+  </si>
+  <si>
+    <t>Brij V. Lal interview (2021_07_883)</t>
+  </si>
+  <si>
+    <t>Dr. Brij Lal speaks about early Indian immigration to Canada, the Komagata Maru incident, and the development of the South Asian-Canadian community since the Komagata Maru.</t>
+  </si>
+  <si>
+    <t>Canadian Sikhs Committee for Centennial Celebrations (2021_07_1656)</t>
+  </si>
+  <si>
+    <t>Provided by Dr. Kanwal Neel.,ਡਾ: ਕੰਵਲ ਨੀਲ ਵਲੋਂ ਮੁਹੱਈਆ ਕੀਤਾ ਗਿਆ।;ਡਾ: ਕੰਵਲ ਨੀਲ ਵਲੋਂ ਮੁਹੱਈਆ ਕੀਤਾ ਗਿਆ।</t>
+  </si>
+  <si>
+    <t>Mlooka (Novel) (2021_07_10158)</t>
+  </si>
+  <si>
+    <t>Maluka: A Novel was originally published in English in two parts. The first part was published in 1978, and the second part in 1989. This version was translated into Punjabi by Sadhu Singh Madahar.,ਮਲੂਕਾ: ਮੂਲ ਰੂਪ ਵਿੱਚ ਨਾਵਲ ਅੰਗ੍ਰੇਜ਼ੀ ਵਿੱਚ ਦੋ ਭਾਗਾਂ ਵਿੱਚ ਪ੍ਰਕਾਸਿਤ ਕੀਤਾ ਗਿਆ ਸੀ। ਪਹਿਲਾ ਭਾਗ 1978 ਵਿੱਚ ਅਤੇ ਦੂਜਾ ਭਾਗ 1989 ਵਿੱਚ ਪ੍ਰਕਾਸ਼ਿਤ ਕੀਤਾ ਗਿਆ ਸੀ। ਪੰਜਾਬੀ ਵਿੱਚ ਇਸ ਸੰਸਕਰਨ ਦਾ ਅਨੁਵਾਦ ਸਾਧੂ ਸਿੰਘ ਮਦਹਰ ਵਲੋਂ ਕੀਤਾ ਗਿਆ।;ਮਲੂਕਾ: ਮੂਲ ਰੂਪ ਵਿੱਚ ਨਾਵਲ ਅੰਗ੍ਰੇਜ਼ੀ ਵਿੱਚ ਦੋ ਭਾਗਾਂ ਵਿੱਚ ਪ੍ਰਕਾਸਿਤ ਕੀਤਾ ਗਿਆ ਸੀ। ਪਹਿਲਾ ਭਾਗ 1978 ਵਿੱਚ ਅਤੇ ਦੂਜਾ ਭਾਗ 1989 ਵਿੱਚ ਪ੍ਰਕਾਸ਼ਿਤ ਕੀਤਾ ਗਿਆ ਸੀ। ਪੰਜਾਬੀ ਵਿੱਚ ਇਸ ਸੰਸਕਰਨ ਦਾ ਅਨੁਵਾਦ ਸਾਧੂ ਸਿੰਘ ਮਦਹਰ ਵਲੋਂ ਕੀਤਾ ਗਿਆ।</t>
+  </si>
+  <si>
+    <t>Komagata Maru moored in unknown harbour (2021_07_10599)</t>
+  </si>
+  <si>
+    <t>Vancouver Public Library. Accession number 83583</t>
+  </si>
+  <si>
+    <t>The Voyage of the Komagata Maru: The Sikh Challenge to Canada's Colour Bar (2021_07_10930)</t>
+  </si>
+  <si>
+    <t>Hugh Johnston provided the first thoroughly researched study of the Komagata Maru event, basing his analysis on official accounts from both Canadian and Indian sources, as well as on the reminiscences of the only passenger still alive at the time the book was written. This book is still the landmark text on the Komagata Maru and diligently outlines the life for Indians at the turn of the 20th century, the reasons for chartering the Komagata Maru, revolutionary movements in North America, the riot at Budge Budge and the lives of many of the key players after the events of the Komagata Maru.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +121,239 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41895_ca_object_representations_media_3664_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58583_ca_object_representations_media_3781_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16401_ca_object_representations_media_3133_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33608_ca_object_representations_media_3047_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14301_ca_object_representations_media_4344_large6.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10506075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8705850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9848850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3838575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10610850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +598,173 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="937">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="0">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="776">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="879">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="342">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="946">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>