--- v0 (2025-12-19)
+++ v1 (2026-02-20)
@@ -1,73 +1,264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Unidentified group portrait] (2021_04_01_001)</t>
+  </si>
+  <si>
+    <t>Image of an unidentified group of people outside of a building.</t>
+  </si>
+  <si>
+    <t>Martyrs (2021_04_01_002)</t>
+  </si>
+  <si>
+    <t>Image of a group of ten Sikh men standing outside of the 2nd Ave. Gurdwara in Vancouver. The flower garlands around their neck signify that these men were martyrs who were about to leave for India to fight the British occupation.</t>
+  </si>
+  <si>
+    <t>[Private pilot's license : Jiginder Singh Johl] (2021_04_02_001)</t>
+  </si>
+  <si>
+    <t>Jiginder Singh Johl's pilot's license and certificate of competency.</t>
+  </si>
+  <si>
+    <t>This is a picture of Jiginder Singh (2021_04_02_002)</t>
+  </si>
+  <si>
+    <t>Image of Jiginder Singh Johl and Donie Singh standing on the edge of pavement in front of a beach.</t>
+  </si>
+  <si>
+    <t>[Jiginder Singh Johl and plane] (2021_04_02_003)</t>
+  </si>
+  <si>
+    <t>Image of Jiginder Singh Johl standing on the wing of his plane.</t>
+  </si>
+  <si>
+    <t>[Jiginder Singh Johl and plane] (2021_04_02_004)</t>
+  </si>
+  <si>
+    <t>Image of Jiginder Singh Johl stepping into the cockpit of his plane.</t>
+  </si>
+  <si>
+    <t>[Jiginder Singh Johl's plane in field] (2021_04_02_005)</t>
+  </si>
+  <si>
+    <t>Image of Jiginder Singh Johl's plane in an empty field.</t>
+  </si>
+  <si>
+    <t>[Jiginder Singh Johl's plane on runway] (2021_04_02_006)</t>
+  </si>
+  <si>
+    <t>Image of Jiginder Singh Johl's plane parked on the edge of a runway. A person is standing in front of plane's propeller, and two other people are crossing on front of the plane's right wing.</t>
+  </si>
+  <si>
+    <t>[Jiginder Singh Johl in plane] (2021_04_02_008)</t>
+  </si>
+  <si>
+    <t>Photo of Donie Singh &amp; Jiginder (2021_04_02_009)</t>
+  </si>
+  <si>
+    <t>Image of Jiginder Singh Johl and Donie Singh standing in a field.</t>
+  </si>
+  <si>
+    <t>Reproduction of family photo of women &amp; children (2021_04_02_010)</t>
+  </si>
+  <si>
+    <t>Group portrait of the Johl family taken in a studio. From left to right: Jiginder Johl, Pritam Johl, Sinda Johl, Lally, Gaye Johl, Chanan Kour, Agit Natara, and Bonto Singh (nee Natara). Bonto is the little girl on the far right.</t>
+  </si>
+  <si>
+    <t>[Letter of registration for Jiginder Singh Johl's commercial air pilot license] (2021_04_02_011)</t>
+  </si>
+  <si>
+    <t>Letter of registration from the Canadian Department of Transport (now Transport Canada) for Jiginder Singh Johl's commercial air pilot license.</t>
+  </si>
+  <si>
+    <t>[Correspondence from Brami Sardar to Jiginder Singh Johl] (2021_04_02_012)</t>
+  </si>
+  <si>
+    <t>Correspondence from Brami Sardar to Jiginder Singh Johl on the proposition of getting engaged and the social pressures involved with the caste system.</t>
+  </si>
+  <si>
+    <t>Incident where Jiginder &amp; other crew stood on plane's wings to prevent rollover after emergency landing in Johnstone Straight [sic] (2021_04_02_013)</t>
+  </si>
+  <si>
+    <t>Image of Jiginder Singh Johl [second from right] being led away from a plane by three other unidentified people after an emergency landing in Johnstone Strait.</t>
+  </si>
+  <si>
+    <t>[Truck driving down dirt road] (2021_04_03_001)</t>
+  </si>
+  <si>
+    <t>Image of a truck driving down a dirt road. The truck has a wooden chest and some other unidentified items in its trunk.</t>
+  </si>
+  <si>
+    <t>[Young man sitting on cookhouse steps] (2021_04_03_002)</t>
+  </si>
+  <si>
+    <t>Image of a young man sitting on the wooden steps to the Mayo Bros Lumber Co. cookhouse. A group of men can be seen sitting on a bench on the porch of the cookhouse.</t>
+  </si>
+  <si>
+    <t>[Cars and men gathered outside of the Mayo Lumber Co. cookhouse] (2021_04_03_003)</t>
+  </si>
+  <si>
+    <t>Image of two cars and a group of men gathered outside of the Mayo Bros Lumber Co. cookhouse. The sign outside of the cookhouse reads: "NOTICE; The Company will not tolerate any smoking or drinking in or around cook house; Mayo Bros Lumber Co."</t>
+  </si>
+  <si>
+    <t>[Dog sitting outside] (2021_04_03_004)</t>
+  </si>
+  <si>
+    <t>Image of a black and white dog sitting outside.</t>
+  </si>
+  <si>
+    <t>[Two girls standing on dirt path] (2021_04_03_005)</t>
+  </si>
+  <si>
+    <t>Image of two girls standing on a dirt path. Wooden houses can be seen in the background.</t>
+  </si>
+  <si>
+    <t>[Boys sitting on fence] (2021_04_03_006)</t>
+  </si>
+  <si>
+    <t>Image of a group of thirteen young boys sitting on a wooden fence. Rajindi Mayo is third from right in the back row.</t>
+  </si>
+  <si>
+    <t>[Wooden buildings] (2021_04_03_007)</t>
+  </si>
+  <si>
+    <t>Image of wooden buildings in Paldi. The fence for the building closest to the camera is broken and some of the buildings have clothes drying on clotheslines.</t>
+  </si>
+  <si>
+    <t>[Bonto and Donie Singh] (2021_04_03_008)</t>
+  </si>
+  <si>
+    <t>Image of Bonto and Donie Singh standing on rail tracks near the Paldi boardwalk. A black dog is standing in front of them.</t>
+  </si>
+  <si>
+    <t>[Paldi boardwalk covered in snow] (2021_04_03_009)</t>
+  </si>
+  <si>
+    <t>Image of the Paldi boardwalk covered in snow.</t>
+  </si>
+  <si>
+    <t>Bonto (2021_04_03_010)</t>
+  </si>
+  <si>
+    <t>Image of Bhagleant "Bonto" Singh standing on a rail line.</t>
+  </si>
+  <si>
+    <t>Bonto (2021_04_03_011)</t>
+  </si>
+  <si>
+    <t>Image of Bhagleant "Bonto" Singh sitting on the hood of a car. The word "Khalsa" has been written on the car hood.</t>
+  </si>
+  <si>
+    <t>Lashkar, Donie, Bicker, Deep, Roger DuBois, Terry, Jarnail Sidhu, Santa Singh (2021_04_04_001)</t>
+  </si>
+  <si>
+    <t>Image of a group of men and boys standing in the street in a residential area. From left to right: Lashkar Singh, Donie Singh, Bicker, Deep Singh, [unidentified], Roger DuBois, Santa Singh, Jarnail Singh, Terry, [unidentified], [unidentified].</t>
+  </si>
+  <si>
+    <t>[Bonto Singh and family in front yard] (2021_04_04_003)</t>
+  </si>
+  <si>
+    <t>Image of Bonto Singh and family members standing on the walkway up to a home on St. George St.</t>
+  </si>
+  <si>
+    <t>Lashkar, Pearl Hayer, Bonto Singh, Pauline (2021_04_04_004)</t>
+  </si>
+  <si>
+    <t>Image of Pearl Hayer, Bonto Singh, and Pauline sitting in lawn chairs in front of a house. Lashkar Singh is sitting on the steps of the house to the left.</t>
+  </si>
+  <si>
+    <t>Geary, Mindy Gill, Belinda Gill, Me (Tersame) (2021_04_04_005)</t>
+  </si>
+  <si>
+    <t>Image of Geary, Mindy Gill, Belinda Gill, and Tersame sitting in a fenced-in year on or near St. George St.</t>
+  </si>
+  <si>
+    <t>Tersame and unidentified child (2021_04_04_006)</t>
+  </si>
+  <si>
+    <t>Image of Tersame and an unidentified child standing in front of a car on or near St. George St.</t>
+  </si>
+  <si>
+    <t>Tersame, Geary, and unidentified child (2021_04_04_007)</t>
+  </si>
+  <si>
+    <t>Image of Tersame (left), Geary (middle), and an unidentified child standing in a yard.</t>
+  </si>
+  <si>
+    <t>[White house] (2021_04_04_008)</t>
+  </si>
+  <si>
+    <t>Image of a white house on, or around, St. George St.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +277,1019 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54999_ca_object_representations_media_97_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94724_ca_object_representations_media_96_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50803_ca_object_representations_media_98_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15480_ca_object_representations_media_99_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77763_ca_object_representations_media_904_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65060_ca_object_representations_media_903_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7461_ca_object_representations_media_901_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39800_ca_object_representations_media_900_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82792_ca_object_representations_media_902_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9683_ca_object_representations_media_898_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13436_ca_object_representations_media_897_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54829_ca_object_representations_media_899_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69711_ca_object_representations_media_906_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28431_ca_object_representations_media_905_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63649_ca_object_representations_media_84_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58536_ca_object_representations_media_85_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19079_ca_object_representations_media_86_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19380_ca_object_representations_media_87_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75941_ca_object_representations_media_88_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94217_ca_object_representations_media_89_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5681_ca_object_representations_media_90_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17346_ca_object_representations_media_91_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48398_ca_object_representations_media_92_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46020_ca_object_representations_media_93_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29941_ca_object_representations_media_94_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45362_ca_object_representations_media_75_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94873_ca_object_representations_media_78_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6002_ca_object_representations_media_79_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21203_ca_object_representations_media_80_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82390_ca_object_representations_media_81_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12044_ca_object_representations_media_82_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80798_ca_object_representations_media_83_large32.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4810125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5638800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6143625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7810500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4591050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4067175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4762500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4791075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4781550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9115425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7886700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5429250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9315450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6572250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9220200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4772025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9582150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9296400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4257675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4762500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10982325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11029950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11134725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9382125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4714875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6724650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6296025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4572000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6886575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6705600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6867525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +1534,410 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="429">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="503">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="549">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="697">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="409">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="362">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="425">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="427">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="426">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="813">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="395">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="703">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="484">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="831">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="586">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="822">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="425">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="855">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="829">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="379">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="425">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>43</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="980">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>45</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="984">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>47</v>
+      </c>
+      <c r="C24" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="993">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>49</v>
+      </c>
+      <c r="C25" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="837">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>51</v>
+      </c>
+      <c r="C26" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="420">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>53</v>
+      </c>
+      <c r="C27" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="600">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>55</v>
+      </c>
+      <c r="C28" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="561">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="408">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>59</v>
+      </c>
+      <c r="C30" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="614">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>61</v>
+      </c>
+      <c r="C31" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="598">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>63</v>
+      </c>
+      <c r="C32" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="612">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>65</v>
+      </c>
+      <c r="C33" t="s">
+        <v>66</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>