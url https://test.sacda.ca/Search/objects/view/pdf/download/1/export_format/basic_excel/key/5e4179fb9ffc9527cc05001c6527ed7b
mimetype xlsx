--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -1,99 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...22 lines deleted...]
-    <t>This first issue of Watan, a literary and cultural quarterly, discusses the Komagata Maru incident at its 75th anniversary. The journal includes articles, poetry, and historical material.,ਸਾਹਿਤੱਕ ਅਤੇ ਸਭਿਆਚਾਰਕ ਤ੍ਰੈਮਾਸਕ, ਵਤਨ ਦੇ ਇਸ ਪਹਿਲੇ ਅੰਕ ਵਿੱਚ, ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਦੀ 75ਵੀਂ ਵਰ੍ਹੇਗੰਢ ਉਤੇ ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਘਟਨਾ ਬਾਰੇ ਵਿਚਾਰ-ਵਟਾਂ।ਦਰਾ ਕੀਤਾ ਗਿਆ ਹੈ। ਤ੍ਰੈਮਾਸਕ ਪੱਤਰ ਵਿੱਚ ਪਰਚੇ, ਕਵਿਤਾਵਾਂ ਅਤੇ ਇਤਿਹਾਸਿਕ ਸਮੱਗਰੀ ਸ਼ਾਮਲ ਹੈ;ਸਾਹਿਤੱਕ ਅਤੇ ਸਭਿਆਚਾਰਕ ਤ੍ਰੈਮਾਸਕ, ਵਤਨ ਦੇ ਇਸ ਪਹਿਲੇ ਅੰਕ ਵਿੱਚ, ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਦੀ 75ਵੀਂ ਵਰ੍ਹੇਗੰਢ ਉਤੇ ਕਾਮਾਗਾਟਾ ਮਾਰੂ ਘਟਨਾ ਬਾਰੇ ਵਿਚਾਰ-ਵਟਾਂ।ਦਰਾ ਕੀਤਾ ਗਿਆ ਹੈ। ਤ੍ਰੈਮਾਸਕ ਪੱਤਰ ਵਿੱਚ ਪਰਚੇ, ਕਵਿਤਾਵਾਂ ਅਤੇ ਇਤਿਹਾਸਿਕ ਸਮੱਗਰੀ ਸ਼ਾਮਲ ਹੈ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -112,179 +86,50 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...127 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -529,158 +374,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z5"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="9" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="960">
-[...34 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>