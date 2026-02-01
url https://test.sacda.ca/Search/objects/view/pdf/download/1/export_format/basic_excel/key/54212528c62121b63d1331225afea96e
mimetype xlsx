--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -28,198 +28,198 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>India &amp; Canada: A Journal of Interpretation and Information. Vol. II, no. 1 (2021_07_1037)</t>
+  </si>
+  <si>
+    <t>[Group photo in front of Old Gurdwara, Victoria, with names inscribed] (2021_07_1498)</t>
+  </si>
+  <si>
+    <t>[Photo postcard of Attar Singh and Mehr Singh] (2021_07_1501)</t>
+  </si>
+  <si>
+    <t>Photo postcard of Attar Singh and Mehr Singh, with Punjabi inscription on front.</t>
+  </si>
+  <si>
+    <t>Sikh Temple, Ocean Falls B.C. Sunday 6th July [photo postcard] (2021_07_1504)</t>
+  </si>
+  <si>
+    <t>[Group photo of men in military dress in front of Hillcrest Temple, with names listed on back] (2021_07_1507)</t>
+  </si>
+  <si>
+    <t>[2nd Avenue Temple, Vancouver] (2021_07_1510)</t>
+  </si>
+  <si>
+    <t>There is Punjabi inscription on the front and back of the postcard.</t>
+  </si>
+  <si>
+    <t>[Photo postcard of C. F. Andrews and Nana Swami, disciples of Gandhi, in India] (2021_07_1513)</t>
+  </si>
+  <si>
+    <t>There is Punjabi inscription on the front and back.</t>
+  </si>
+  <si>
+    <t>Khalsa Diwan Society [pamphlet] (2021_07_1518)</t>
+  </si>
+  <si>
+    <t>Pamphlet describes the history of the Khalsa Diwan Society, the 2nd Avenue Temple, Sikhs in Canada, and describes the new Ross Street Temple.</t>
+  </si>
+  <si>
+    <t>Indo-Canadian: A bi-monthly magazine - serving East Indian community of British Columbia, Canada (2021_07_1531)</t>
+  </si>
+  <si>
+    <t>This magazine contains articles on Indira Gandhi, Jawaharlal Nehru, and also local news of the Indo-Canadian community.</t>
+  </si>
+  <si>
+    <t>Weekly Punjabi edition of India and Canada monthly (2021_07_1545)</t>
+  </si>
+  <si>
+    <t>Fortnightly Punjabi edition of India and Canada (2021_07_1550)</t>
+  </si>
+  <si>
+    <t>Interview with Dr. D. P. Pandia (2021_07_6329)</t>
+  </si>
+  <si>
+    <t>Dr. D. P. Pandia speaks about his own life and career, which took him to Indian diaspora communities around the world and across Canada, lecturing and organizing Indians to agitate for the franchise and improved immigration rights.</t>
+  </si>
+  <si>
+    <t>Singh Sahib Di Shahadit = Martyrdom of Singh Sahib (2021_07_7501)</t>
+  </si>
+  <si>
+    <t>[Wives and children of Mayo Lumber workers] (2021_07_10260)</t>
+  </si>
+  <si>
+    <t>[Mayo Lumber workers] (2021_07_10261)</t>
+  </si>
+  <si>
+    <t>[Jawaharlal Nehru speaking on stage in Canada] (2021_07_10262)</t>
+  </si>
+  <si>
+    <t>[Group photo in front of Old Gurdwara, Victoria] (2021_07_10263)</t>
+  </si>
+  <si>
+    <t>A copy of this photo with names listed on the back is available as item Box1_204A_0001-Box1_204A_0002.jpg</t>
+  </si>
+  <si>
+    <t>Welcome to Vijaya Lakshmi Pandit (Indian National Leader, Sister of Nehru). Khalsa Diwan Society, Stockton, Calif. Khalsa Diwan Society, Vancouver, Canada. (2021_07_10264)</t>
+  </si>
+  <si>
+    <t>[Group on temple steps] (2021_07_10265)</t>
+  </si>
+  <si>
+    <t>[2 men engaged in kushti (traditional wrestling)] (2021_07_10266)</t>
+  </si>
+  <si>
+    <t>India's Martyrs (2021_07_10267)</t>
+  </si>
+  <si>
+    <t>[Men in military dress in front of 2nd Avenue Temple, Vancouver] (2021_07_10268)</t>
+  </si>
+  <si>
+    <t>K. K. Singh, Student Union of Canada, with C. F. Andrews and Kartan Singh Hundal (2021_07_10269)</t>
+  </si>
+  <si>
+    <t>Cremating remains of Hasanam Koor (2021_07_10270)</t>
+  </si>
+  <si>
+    <t>Name should read 'Haranam Koor.'</t>
+  </si>
+  <si>
+    <t>[Jawaharlal Nehru speaking in 2nd Avenue Temple, Vancouver] (2021_07_10271)</t>
+  </si>
+  <si>
+    <t>[Group in front of New Westminster Temple celebrating Indian independence] (2021_07_10272)</t>
+  </si>
+  <si>
+    <t>Sikh Temple Victoria, B.C. November 5, 1939. Final visit of Dr. D. P. Pandia before departure from Canada (2021_07_10273)</t>
+  </si>
+  <si>
+    <t>[Group in front of 2nd Avenue Temple, Vancouver] (2021_07_10274)</t>
+  </si>
+  <si>
+    <t>[Group on steps of Hillcrest Temple] (2021_07_10275)</t>
+  </si>
+  <si>
+    <t>[Large group on temple steps] (2021_07_10276)</t>
+  </si>
+  <si>
+    <t>[Group in front of 2nd Avenue Temple, Vancouver, with men in military dress] (2021_07_10277)</t>
+  </si>
+  <si>
+    <t>Pandit Nehru India's Premier visit to Vancouver, B.C. Nov. 2, 1949 (2021_07_10278)</t>
+  </si>
+  <si>
+    <t>[Men in front of immigration detention centre, Victoria] (2021_07_10279)</t>
+  </si>
+  <si>
+    <t>These men were part of the group of '39 immigrants' who challenged Canada's immigration regulations before the Komagata Maru. Husain Rahim is 4th from the left.</t>
+  </si>
+  <si>
+    <t>[Khalsa Diwan organizers] (2021_07_10280)</t>
+  </si>
+  <si>
+    <t>Photograph includes Puran Singh, Rev. C. F. Andrews, Harnam Singh, Munsha Singh, Sir R. Tagore, Kartar Singh, Jagat Singh, Sham Singh, and Wattan Singh.</t>
+  </si>
+  <si>
+    <t>[Sikh regiment in B.C. after Queen Victoria's Jubilee] (2021_07_10281)</t>
+  </si>
+  <si>
+    <t>Welcome to Revd. C. F. Andrews at G. N. R. Station by Khalsa Diwan Society, April 5, 1929 (2021_07_10282)</t>
+  </si>
+  <si>
+    <t>[Jawaharlal Nehru visit to 2nd Avenue Temple, 1949] (2021_07_10540)</t>
+  </si>
+  <si>
+    <t>[India Hockey Club in front of Vancouver Sikh Temple at 1866 West 2nd Avenue] (2021_07_10541)</t>
+  </si>
+  <si>
+    <t>[Men, women and children in fromt of Hillcrest Temple] (2021_07_10542)</t>
+  </si>
+  <si>
     <t>Mewa Singh funeral procession 1915 (2021_07_10543)</t>
-  </si>
-[...145 lines deleted...]
-    <t>India &amp; Canada: A Journal of Interpretation and Information. Vol. II, no. 1 (2021_07_1037)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -241,1233 +241,1233 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60284_ca_object_representations_media_2991_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32576_ca_object_representations_media_2990_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24254_ca_object_representations_media_2989_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25475_ca_object_representations_media_2988_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57360_ca_object_representations_media_2973_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33886_ca_object_representations_media_2972_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57707_ca_object_representations_media_2971_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37930_ca_object_representations_media_2970_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67729_ca_object_representations_media_2969_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86324_ca_object_representations_media_2968_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85837_ca_object_representations_media_2967_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92147_ca_object_representations_media_2966_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58067_ca_object_representations_media_2965_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43608_ca_object_representations_media_2964_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12603_ca_object_representations_media_2963_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42971_ca_object_representations_media_2962_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61448_ca_object_representations_media_2961_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17587_ca_object_representations_media_2960_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64407_ca_object_representations_media_2959_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81186_ca_object_representations_media_2958_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46398_ca_object_representations_media_2957_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54755_ca_object_representations_media_2956_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95530_ca_object_representations_media_2955_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16547_ca_object_representations_media_2954_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26985_ca_object_representations_media_2953_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49148_ca_object_representations_media_2952_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64850_ca_object_representations_media_2951_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26949_ca_object_representations_media_3829_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/audioIcon70029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97580_ca_object_representations_media_3604_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59554_ca_object_representations_media_3603_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95016_ca_object_representations_media_3601_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75190_ca_object_representations_media_3600_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53789_ca_object_representations_media_3599_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44814_ca_object_representations_media_3598_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78518_ca_object_representations_media_3597_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41564_ca_object_representations_media_3596_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20465_ca_object_representations_media_3595_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72117_ca_object_representations_media_3593_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72303_ca_object_representations_media_3219_large40.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72303_ca_object_representations_media_3219_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72117_ca_object_representations_media_3593_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20465_ca_object_representations_media_3595_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41564_ca_object_representations_media_3596_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78518_ca_object_representations_media_3597_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44814_ca_object_representations_media_3598_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53789_ca_object_representations_media_3599_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75190_ca_object_representations_media_3600_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95016_ca_object_representations_media_3601_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59554_ca_object_representations_media_3603_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97580_ca_object_representations_media_3604_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/audioIcon70012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26949_ca_object_representations_media_3829_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64850_ca_object_representations_media_2951_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49148_ca_object_representations_media_2952_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26985_ca_object_representations_media_2953_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16547_ca_object_representations_media_2954_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95530_ca_object_representations_media_2955_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54755_ca_object_representations_media_2956_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46398_ca_object_representations_media_2957_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81186_ca_object_representations_media_2958_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64407_ca_object_representations_media_2959_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17587_ca_object_representations_media_2960_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61448_ca_object_representations_media_2961_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42971_ca_object_representations_media_2962_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12603_ca_object_representations_media_2963_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43608_ca_object_representations_media_2964_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58067_ca_object_representations_media_2965_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92147_ca_object_representations_media_2966_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85837_ca_object_representations_media_2967_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86324_ca_object_representations_media_2968_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67729_ca_object_representations_media_2969_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37930_ca_object_representations_media_2970_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57707_ca_object_representations_media_2971_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33886_ca_object_representations_media_2972_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57360_ca_object_representations_media_2973_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25475_ca_object_representations_media_2988_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24254_ca_object_representations_media_2989_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32576_ca_object_representations_media_2990_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60284_ca_object_representations_media_2991_large40.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="8858250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5353050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11058525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3914775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5324475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4095750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11172825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8010525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8582025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8772525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8839200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9429750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5286375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5391150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4162425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5334000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5353050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8658225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4848225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3800475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5524500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5276850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5210175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5648325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7772400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5724525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4933950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1990725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4924425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5248275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4419600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5400675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5534025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5495925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4953000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="8829675"/>
-    <xdr:pic>
-[...1168 lines deleted...]
-    <xdr:ext cx="6667500" cy="8858250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1793,315 +1793,315 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="787">
+    <row r="2" spans="1:26" customHeight="1" ht="791">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="442">
+    <row r="3" spans="1:26" customHeight="1" ht="478">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="490">
+    <row r="4" spans="1:26" customHeight="1" ht="987">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>6</v>
       </c>
-    </row>
-    <row r="5" spans="1:26" customHeight="1" ht="493">
+      <c r="C4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="350">
       <c r="A5"/>
       <c r="B5" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:26" customHeight="1" ht="481">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="475">
       <c r="A6"/>
       <c r="B6" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:26" customHeight="1" ht="394">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="366">
       <c r="A7"/>
       <c r="B7" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:26" customHeight="1" ht="468">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="997">
       <c r="A8"/>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:26" customHeight="1" ht="439">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="714">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:26" customHeight="1" ht="177">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="765">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:26" customHeight="1" ht="440">
+        <v>16</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="783">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:26" customHeight="1" ht="395">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="789">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:26" customHeight="1" ht="510">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="0">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:26" customHeight="1" ht="693">
+        <v>20</v>
+      </c>
+      <c r="C13" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="842">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:26" customHeight="1" ht="504">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="396">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:26" customHeight="1" ht="464">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="400">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:26" customHeight="1" ht="470">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="471">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:26" customHeight="1" ht="493">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="481">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C18" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:26" customHeight="1" ht="339">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="371">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:26" customHeight="1" ht="432">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="476">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:26" customHeight="1" ht="772">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="477">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:26" customHeight="1" ht="477">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="772">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:26" customHeight="1" ht="476">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="432">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:26" customHeight="1" ht="371">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="339">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:26" customHeight="1" ht="481">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="493">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:26" customHeight="1" ht="471">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="470">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:26" customHeight="1" ht="400">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="464">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:26" customHeight="1" ht="396">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="504">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:26" customHeight="1" ht="842">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="693">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:26" customHeight="1" ht="0">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="510">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:26" customHeight="1" ht="789">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="395">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:26" customHeight="1" ht="783">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="440">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:26" customHeight="1" ht="765">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="177">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:26" customHeight="1" ht="714">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="439">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C34" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:26" customHeight="1" ht="997">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="468">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C35" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:26" customHeight="1" ht="366">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="394">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:26" customHeight="1" ht="475">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="481">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:26" customHeight="1" ht="350">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="493">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:26" customHeight="1" ht="987">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="490">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="C39" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="40" spans="1:26" customHeight="1" ht="478">
+    <row r="40" spans="1:26" customHeight="1" ht="442">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="41" spans="1:26" customHeight="1" ht="791">
+    <row r="41" spans="1:26" customHeight="1" ht="787">
       <c r="A41"/>
       <c r="B41" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>