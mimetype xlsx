--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -1,73 +1,258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Conversation between H. H. Stevens, M.P., and Dr. Rughunath Singh, held at the Office of the Canadian Immigration Department, Vancouver, with Inspector Hopkinson also present at the commencement of the conversation. Page 1-11 (2021_07_9462)</t>
+  </si>
+  <si>
+    <t>Page 187-219</t>
+  </si>
+  <si>
+    <t>Copy of address to the Secretary of the Sikh Temple, Vancouver, unsigned. Page 1-6 (2021_07_1216)</t>
+  </si>
+  <si>
+    <t>Page 550-555</t>
+  </si>
+  <si>
+    <t>Copy of Communications received by Reid from Gurdit Singh, sent to W. D. Scott (2021_07_10696)</t>
+  </si>
+  <si>
+    <t>Page 225</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh, signed Secretary S. S. Komagatu Maru, to the Immigration Agent requesting removal of a dying man from ship (2021_07_10672)</t>
+  </si>
+  <si>
+    <t>Page 146</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to Mr. Hopkinson, Immigration Interpreter, re shortage of food (2021_07_10683)</t>
+  </si>
+  <si>
+    <t>Page 156</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent (2021_07_10705)</t>
+  </si>
+  <si>
+    <t>Page 362</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent complaining about difficulty in getting provisions on board (2021_07_10687)</t>
+  </si>
+  <si>
+    <t>Page 163</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent re receipts for telegrams (2021_07_10670)</t>
+  </si>
+  <si>
+    <t>Page 144</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent re supply of fresh water (2021_07_10700)</t>
+  </si>
+  <si>
+    <t>Page 353</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent, complaining about actions of Department Officer (2021_07_10731)</t>
+  </si>
+  <si>
+    <t>Page 442</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent, complaining about provisioning and the Board of Enquiry's methods. Page 1-2 (2021_07_9409)</t>
+  </si>
+  <si>
+    <t>Page 180-181</t>
+  </si>
+  <si>
+    <t>Copy of letter from Malcolm Reid to Daljit Singh (see p. 144) (2021_07_10675)</t>
+  </si>
+  <si>
+    <t>Page 148</t>
+  </si>
+  <si>
+    <t>Copy of letter from Mr. Hopkinson to Reid re his visit on board the Maru. Page 1-3 (2021_07_1571)</t>
+  </si>
+  <si>
+    <t>Page 588-590</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh re responsibility for supplying food (2021_07_10682)</t>
+  </si>
+  <si>
+    <t>Page 155</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh re supply of fresh water and re telegram (see p. 358) (2021_07_10704)</t>
+  </si>
+  <si>
+    <t>Page 359</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh (see p. 146) (2021_07_10679)</t>
+  </si>
+  <si>
+    <t>Page 152</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh (see pp. 180-181). Page 1-3 (2021_07_9413)</t>
+  </si>
+  <si>
+    <t>Page 183-185</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to J. E. Bird, council for the Hindus, re need for Board of Inquiry (2021_07_10678)</t>
+  </si>
+  <si>
+    <t>Page 151</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Raghunath Singh, Ship's doctor, S. S. Komagatu Maru, re supplying of food and medicine (2021_07_10680)</t>
+  </si>
+  <si>
+    <t>Page 153</t>
+  </si>
+  <si>
+    <t>Daljit Singh for Charter to Immigration Agent, Vancouver, re (2021_07_10329)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 3</t>
+  </si>
+  <si>
+    <t>[Daljit Singh, Secretary to Charterers, Komagata Maru, to Malcolm R. J. Reid, Dominion Immigration Agent, re lack of provisions] (2021_07_10334)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 261, File 875456, pt. 3</t>
+  </si>
+  <si>
+    <t>Daljit Singh, Secretary to Charter Komagata Maru, to Immigration Agent, Vancouver (2021_07_10330)</t>
+  </si>
+  <si>
+    <t>[Gurdit Singh, Charterer, Komagata Maru, to J. Edward Bird, lawyer, MacNeill, Bird, Macdonald &amp; Darling, re refusal of passengers to participate in Boards of Enquiry] (2021_07_10335)</t>
+  </si>
+  <si>
+    <t>Hugh Johnston interview (2021_07_10848)</t>
+  </si>
+  <si>
+    <t>Historian and author Hugh Johnston speaks about the Komagata Maru incident and discusses the various individuals involved.</t>
+  </si>
+  <si>
+    <t>Letter from Daljit Singh to Reid re provisions (2021_07_10926)</t>
+  </si>
+  <si>
+    <t>Page 425</t>
+  </si>
+  <si>
+    <t>Letter from H. W. Gwyther, Interpreter, to Malcolm R. J. Reid re Gwyther's visit to the Komagata Maru (2021_07_10924)</t>
+  </si>
+  <si>
+    <t>Page 423</t>
+  </si>
+  <si>
+    <t>Letter from Passengers Committee to Reid re placement in Alberta (2021_07_10925)</t>
+  </si>
+  <si>
+    <t>Page 424</t>
+  </si>
+  <si>
+    <t>Letter from Passengers Committee to Reid re provisions (2021_07_10927)</t>
+  </si>
+  <si>
+    <t>Page 426</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to Daljit Singh, Secretary to Charterers, Komagata Maru] (2021_07_4656)</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4714)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 4</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4620)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 2</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Bring Rainbow to suppress unruly Hindus (2021_07_5159)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Hindus threaten to take to boats and escape (2021_07_10497)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +271,1049 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98044_ca_object_representations_media_3584_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123_ca_object_representations_media_3462_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40_ca_object_representations_media_3417_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41272_ca_object_representations_media_3428_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9341_ca_object_representations_media_3475_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49929_ca_object_representations_media_3432_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76088_ca_object_representations_media_3415_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27890_ca_object_representations_media_3466_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69412_ca_object_representations_media_3501_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60075_ca_object_representations_media_4192_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83993_ca_object_representations_media_3420_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75143_ca_object_representations_media_3607_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66926_ca_object_representations_media_3427_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9597_ca_object_representations_media_3474_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63767_ca_object_representations_media_3424_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74906_ca_object_representations_media_4193_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89166_ca_object_representations_media_3423_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65141_ca_object_representations_media_3425_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33188_ca_object_representations_media_3178_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87258_ca_object_representations_media_3183_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97308_ca_object_representations_media_3179_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94891_ca_object_representations_media_3184_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97620_ca_object_representations_media_4350_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75194_ca_object_representations_media_4352_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_4351_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70604_ca_object_representations_media_4348_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72655_ca_object_representations_media_3959_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180_ca_object_representations_media_3973_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40375_ca_object_representations_media_4075_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55195_ca_object_representations_media_3350_large33.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10696575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10582275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10658475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10725150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10734675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10763250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10696575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10763250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10820400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9210675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10868025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="26279475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +1558,413 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="954">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="944">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="967">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="962">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="952">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="958">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="957">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="958">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="958">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="961">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="961">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="955">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="961">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="956">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="961">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="961">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="966">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="964">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="962">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="770">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>42</v>
+      </c>
+      <c r="C21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="948">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>44</v>
+      </c>
+      <c r="C22" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="948">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>46</v>
+      </c>
+      <c r="C23" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="948">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>47</v>
+      </c>
+      <c r="C24" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="0">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="962">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>50</v>
+      </c>
+      <c r="C26" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="963">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="959">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="959">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>56</v>
+      </c>
+      <c r="C29" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="821">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>58</v>
+      </c>
+      <c r="C30" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="970">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="940">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>61</v>
+      </c>
+      <c r="C32" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="2346">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="918">
+      <c r="A34"/>
+      <c r="B34" t="s">
+        <v>64</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>