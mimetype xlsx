--- v1 (2026-02-01)
+++ v2 (2026-02-02)
@@ -28,231 +28,231 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>Copy of address to the Secretary of the Sikh Temple, Vancouver, unsigned. Page 1-6 (2021_07_1216)</t>
+  </si>
+  <si>
+    <t>Page 550-555</t>
+  </si>
+  <si>
+    <t>Copy of letter from Mr. Hopkinson to Reid re his visit on board the Maru. Page 1-3 (2021_07_1571)</t>
+  </si>
+  <si>
+    <t>Page 588-590</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4620)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 2</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to Daljit Singh, Secretary to Charterers, Komagata Maru] (2021_07_4656)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 3</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4714)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 4</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Bring Rainbow to suppress unruly Hindus (2021_07_5159)</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent, complaining about provisioning and the Board of Enquiry's methods. Page 1-2 (2021_07_9409)</t>
+  </si>
+  <si>
+    <t>Page 180-181</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh (see pp. 180-181). Page 1-3 (2021_07_9413)</t>
+  </si>
+  <si>
+    <t>Page 183-185</t>
+  </si>
+  <si>
     <t>Conversation between H. H. Stevens, M.P., and Dr. Rughunath Singh, held at the Office of the Canadian Immigration Department, Vancouver, with Inspector Hopkinson also present at the commencement of the conversation. Page 1-11 (2021_07_9462)</t>
   </si>
   <si>
     <t>Page 187-219</t>
   </si>
   <si>
-    <t>Copy of address to the Secretary of the Sikh Temple, Vancouver, unsigned. Page 1-6 (2021_07_1216)</t>
-[...2 lines deleted...]
-    <t>Page 550-555</t>
+    <t>Daljit Singh for Charter to Immigration Agent, Vancouver, re (2021_07_10329)</t>
+  </si>
+  <si>
+    <t>Daljit Singh, Secretary to Charter Komagata Maru, to Immigration Agent, Vancouver (2021_07_10330)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 261, File 875456, pt. 3</t>
+  </si>
+  <si>
+    <t>[Daljit Singh, Secretary to Charterers, Komagata Maru, to Malcolm R. J. Reid, Dominion Immigration Agent, re lack of provisions] (2021_07_10334)</t>
+  </si>
+  <si>
+    <t>[Gurdit Singh, Charterer, Komagata Maru, to J. Edward Bird, lawyer, MacNeill, Bird, Macdonald &amp; Darling, re refusal of passengers to participate in Boards of Enquiry] (2021_07_10335)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Hindus threaten to take to boats and escape (2021_07_10497)</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent re receipts for telegrams (2021_07_10670)</t>
+  </si>
+  <si>
+    <t>Page 144</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh, signed Secretary S. S. Komagatu Maru, to the Immigration Agent requesting removal of a dying man from ship (2021_07_10672)</t>
+  </si>
+  <si>
+    <t>Page 146</t>
+  </si>
+  <si>
+    <t>Copy of letter from Malcolm Reid to Daljit Singh (see p. 144) (2021_07_10675)</t>
+  </si>
+  <si>
+    <t>Page 148</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to J. E. Bird, council for the Hindus, re need for Board of Inquiry (2021_07_10678)</t>
+  </si>
+  <si>
+    <t>Page 151</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh (see p. 146) (2021_07_10679)</t>
+  </si>
+  <si>
+    <t>Page 152</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Raghunath Singh, Ship's doctor, S. S. Komagatu Maru, re supplying of food and medicine (2021_07_10680)</t>
+  </si>
+  <si>
+    <t>Page 153</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh re responsibility for supplying food (2021_07_10682)</t>
+  </si>
+  <si>
+    <t>Page 155</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to Mr. Hopkinson, Immigration Interpreter, re shortage of food (2021_07_10683)</t>
+  </si>
+  <si>
+    <t>Page 156</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent complaining about difficulty in getting provisions on board (2021_07_10687)</t>
+  </si>
+  <si>
+    <t>Page 163</t>
   </si>
   <si>
     <t>Copy of Communications received by Reid from Gurdit Singh, sent to W. D. Scott (2021_07_10696)</t>
   </si>
   <si>
     <t>Page 225</t>
   </si>
   <si>
-    <t>Copy of letter from Daljit Singh, signed Secretary S. S. Komagatu Maru, to the Immigration Agent requesting removal of a dying man from ship (2021_07_10672)</t>
-[...8 lines deleted...]
-    <t>Page 156</t>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent re supply of fresh water (2021_07_10700)</t>
+  </si>
+  <si>
+    <t>Page 353</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh re supply of fresh water and re telegram (see p. 358) (2021_07_10704)</t>
+  </si>
+  <si>
+    <t>Page 359</t>
   </si>
   <si>
     <t>Copy of letter from Daljit Singh to the Immigration Agent (2021_07_10705)</t>
   </si>
   <si>
     <t>Page 362</t>
   </si>
   <si>
-    <t>Copy of letter from Daljit Singh to the Immigration Agent complaining about difficulty in getting provisions on board (2021_07_10687)</t>
-[...16 lines deleted...]
-  <si>
     <t>Copy of letter from Daljit Singh to the Immigration Agent, complaining about actions of Department Officer (2021_07_10731)</t>
   </si>
   <si>
     <t>Page 442</t>
   </si>
   <si>
-    <t>Copy of letter from Daljit Singh to the Immigration Agent, complaining about provisioning and the Board of Enquiry's methods. Page 1-2 (2021_07_9409)</t>
-[...70 lines deleted...]
-  <si>
     <t>Hugh Johnston interview (2021_07_10848)</t>
   </si>
   <si>
     <t>Historian and author Hugh Johnston speaks about the Komagata Maru incident and discusses the various individuals involved.</t>
   </si>
   <si>
+    <t>Letter from H. W. Gwyther, Interpreter, to Malcolm R. J. Reid re Gwyther's visit to the Komagata Maru (2021_07_10924)</t>
+  </si>
+  <si>
+    <t>Page 423</t>
+  </si>
+  <si>
+    <t>Letter from Passengers Committee to Reid re placement in Alberta (2021_07_10925)</t>
+  </si>
+  <si>
+    <t>Page 424</t>
+  </si>
+  <si>
     <t>Letter from Daljit Singh to Reid re provisions (2021_07_10926)</t>
   </si>
   <si>
     <t>Page 425</t>
   </si>
   <si>
-    <t>Letter from H. W. Gwyther, Interpreter, to Malcolm R. J. Reid re Gwyther's visit to the Komagata Maru (2021_07_10924)</t>
-[...10 lines deleted...]
-  <si>
     <t>Letter from Passengers Committee to Reid re provisions (2021_07_10927)</t>
   </si>
   <si>
     <t>Page 426</t>
-  </si>
-[...19 lines deleted...]
-    <t>Newsclipping - Vancouver Daily Province: Hindus threaten to take to boats and escape (2021_07_10497)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -274,1023 +274,1023 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98044_ca_object_representations_media_3584_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123_ca_object_representations_media_3462_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40_ca_object_representations_media_3417_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41272_ca_object_representations_media_3428_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9341_ca_object_representations_media_3475_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49929_ca_object_representations_media_3432_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76088_ca_object_representations_media_3415_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27890_ca_object_representations_media_3466_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69412_ca_object_representations_media_3501_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60075_ca_object_representations_media_4192_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83993_ca_object_representations_media_3420_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75143_ca_object_representations_media_3607_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66926_ca_object_representations_media_3427_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9597_ca_object_representations_media_3474_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63767_ca_object_representations_media_3424_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74906_ca_object_representations_media_4193_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89166_ca_object_representations_media_3423_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65141_ca_object_representations_media_3425_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33188_ca_object_representations_media_3178_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87258_ca_object_representations_media_3183_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97308_ca_object_representations_media_3179_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94891_ca_object_representations_media_3184_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97620_ca_object_representations_media_4350_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75194_ca_object_representations_media_4352_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_4351_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70604_ca_object_representations_media_4348_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72655_ca_object_representations_media_3959_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180_ca_object_representations_media_3973_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40375_ca_object_representations_media_4075_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55195_ca_object_representations_media_3350_large33.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98044_ca_object_representations_media_3584_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75143_ca_object_representations_media_3607_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72655_ca_object_representations_media_3959_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180_ca_object_representations_media_3973_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40375_ca_object_representations_media_4075_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60075_ca_object_representations_media_4192_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74906_ca_object_representations_media_4193_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33188_ca_object_representations_media_3178_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97308_ca_object_representations_media_3179_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87258_ca_object_representations_media_3183_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94891_ca_object_representations_media_3184_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55195_ca_object_representations_media_3350_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76088_ca_object_representations_media_3415_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40_ca_object_representations_media_3417_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83993_ca_object_representations_media_3420_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89166_ca_object_representations_media_3423_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63767_ca_object_representations_media_3424_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65141_ca_object_representations_media_3425_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66926_ca_object_representations_media_3427_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41272_ca_object_representations_media_3428_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49929_ca_object_representations_media_3432_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123_ca_object_representations_media_3462_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27890_ca_object_representations_media_3466_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9597_ca_object_representations_media_3474_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9341_ca_object_representations_media_3475_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69412_ca_object_representations_media_3501_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75194_ca_object_representations_media_4352_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_4351_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97620_ca_object_representations_media_4350_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70604_ca_object_representations_media_4348_large33.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="10582275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10763250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9210675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10868025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="26279475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10763250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10820400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="10696575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
-[...53 lines deleted...]
-      <xdr:row>3</xdr:row>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10734675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10696575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10658475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10725150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10829925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
-[...83 lines deleted...]
-      <xdr:row>6</xdr:row>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10744200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
-[...83 lines deleted...]
-      <xdr:row>9</xdr:row>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10744200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
-[...23 lines deleted...]
-      <xdr:row>10</xdr:row>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10772775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
-[...143 lines deleted...]
-      <xdr:row>15</xdr:row>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10772775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
-[...353 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10753725"/>
-    <xdr:pic>
-[...178 lines deleted...]
-    <xdr:ext cx="6667500" cy="10287000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1616,338 +1616,338 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="954">
+    <row r="2" spans="1:26" customHeight="1" ht="944">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="944">
+    <row r="3" spans="1:26" customHeight="1" ht="961">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="967">
+    <row r="4" spans="1:26" customHeight="1" ht="940">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="962">
+    <row r="5" spans="1:26" customHeight="1" ht="821">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="952">
+    <row r="6" spans="1:26" customHeight="1" ht="970">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="958">
+    <row r="7" spans="1:26" customHeight="1" ht="2346">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>14</v>
       </c>
-      <c r="C7" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:26" customHeight="1" ht="957">
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="961">
       <c r="A8"/>
       <c r="B8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" t="s">
         <v>16</v>
       </c>
-      <c r="C8" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:26" customHeight="1" ht="958">
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="966">
       <c r="A9"/>
       <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="C9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:26" customHeight="1" ht="958">
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="954">
       <c r="A10"/>
       <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
         <v>20</v>
       </c>
-      <c r="C10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:26" customHeight="1" ht="961">
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="770">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:26" customHeight="1" ht="961">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="948">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:26" customHeight="1" ht="955">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="948">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:26" customHeight="1" ht="961">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="948">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:26" customHeight="1" ht="956">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="918">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:26" customHeight="1" ht="961">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="958">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:26" customHeight="1" ht="961">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="962">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:26" customHeight="1" ht="966">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="955">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:26" customHeight="1" ht="964">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:26" customHeight="1" ht="962">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="961">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:26" customHeight="1" ht="770">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="962">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:26" customHeight="1" ht="948">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="956">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C22" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:26" customHeight="1" ht="948">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="952">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C23" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:26" customHeight="1" ht="948">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="957">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C24" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:26" customHeight="1" ht="0">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="967">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C25" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:26" customHeight="1" ht="962">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="958">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C26" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:26" customHeight="1" ht="963">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="961">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C27" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:26" customHeight="1" ht="959">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="958">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C28" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:26" customHeight="1" ht="959">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="961">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C29" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:26" customHeight="1" ht="821">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="0">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C30" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:26" customHeight="1" ht="970">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="963">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C31" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:26" customHeight="1" ht="940">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="959">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C32" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:26" customHeight="1" ht="2346">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="962">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:26" customHeight="1" ht="918">
+        <v>61</v>
+      </c>
+      <c r="C33" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="959">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>63</v>
+      </c>
+      <c r="C34" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>