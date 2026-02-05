--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -1,73 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Kamagata Maru (full play) (2021_07_1495)</t>
+  </si>
+  <si>
+    <t>Kamagata Maru (full play) (2021_07_1878)</t>
+  </si>
+  <si>
+    <t>My Missionary Memories (Excerpts) (2021_07_6027)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Swear Sohan Lal incited murder (2021_07_10464)</t>
+  </si>
+  <si>
+    <t>Bye-bye! I've had a very unpleasant visit. Sorry I am unable to stay longer. (2021_07_10822)</t>
+  </si>
+  <si>
+    <t>The Komagata Maru: Voyage of Shattered Dreams (2021_07_10847)</t>
+  </si>
+  <si>
+    <t>This film, produced at the 75th anniversary of the Komgata Maru incident, is hosted by Belle Puri and includes interviews with Dr. D. P. Pandia, Hardial Singh Atwal, Hugh Johnston, Ujjal Dosanjh, Dr. V. Setty Pendakur, Muneshwar Prasad, Mr. Justice Wallace T. Oppal, Gurnam Sanghera, and Anjali Atal.</t>
+  </si>
+  <si>
+    <t>Mewa Singh feature pt1 (2021_07_10854)</t>
+  </si>
+  <si>
+    <t>Aired by OMNI Television, and narrated by Baldeep Singh Jhand, this is the first part of a two-part documentary on the history of Bhai Mewa Singh Lopoke, also known as Mewa Singh. He shot and killed William Charles Hopkinson on October 21, 1914 and then was executed January 21, 1915. His sacrifice was directly related to the tragic incident of Komagata Maru which was turned away from Vancouver in July 1914. This documentary features interviews with historian Sohan Pooni, Naveen Girn, and early pioneer Late Jack Uppal.</t>
+  </si>
+  <si>
+    <t>Mewa Singh feature pt2 (2021_07_10855)</t>
+  </si>
+  <si>
+    <t>Aired by OMNI Television, and narrated by Baldeep Singh Jhand, this is the second part of a two-part documentary on the history of Bhai Mewa Singh Lopoke, also known as Mewa Singh. He shot and killed William Charles Hopkinson on October 21, 1914 and then was executed January 21, 1915. His sacrifice was directly related to the tragic incident of Komagata Maru which was returned from Vancouver in July 1914. This documentary features interviews with historian Sohan Pooni, Naveen Girn, and early pioneer Late Jack Uppal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +121,299 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8213_ca_object_representations_media_3592_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21371_ca_object_representations_media_3621_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95040_ca_object_representations_media_4138_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16848_ca_object_representations_media_3316_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48518_ca_object_representations_media_3097_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7008.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9458325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8591550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +658,179 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="958">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="958">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="844">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="918">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="766">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="0">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="0">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="0">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>14</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>