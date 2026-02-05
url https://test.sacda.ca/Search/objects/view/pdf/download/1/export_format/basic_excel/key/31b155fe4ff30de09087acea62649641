--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -1,73 +1,1491 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="476">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_001)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration addressed to an unknown individual in Victoria.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_002)</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Mr. Young Simons in Duncan] (2020_05_01_06_003)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration addressed to Mr. Young Simons in Duncan.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_004)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration addressed to unknown individual in Lahore, India.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Akali Akhebar in Lahore] (2020_05_01_06_005)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration addressed to Akali Akhebar, Manager, in Lahore, India.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_006)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration addressed to a secondary high school in Bopal, India.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_007)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_008)</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_009)</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_010)</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_011)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 1153 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_012)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 256 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_013)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 480 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_014)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 232 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Gurditt Singh Banca, Nand Singh Banca, and Tara Singh Banca] (2020_05_01_06_015)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration numbers 443, 444 and 445 addressed to Gurditt Singh Banca, Nand Singh Banca and Tara Singh Banca respectively.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_016)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 230 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_017)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 357 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Manhanga Singh] (2020_05_01_06_018)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 926 addressed to Manhanga Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Mrs. Amer Kour] (2020_05_01_06_019)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 209 addressed to Mrs. Amer Kour.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Mrs. Bishan Kour] (2020_05_01_06_020)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 209 addressed to Mrs. Bishan Kour.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Ganda Singh and Nand Singh] (2020_05_01_06_021)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 936 addressed to Ganda Singh and Nand Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Bhull Singh] (2020_05_01_06_022)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 691 addressed to Bhull Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Mayo Singh] (2020_05_01_06_023)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 627 addressed to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Bhulla Singh] (2020_05_01_06_024)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 319 addressed to Bhulla Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Ashar Singh] (2020_05_01_06_025)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 368 addressed to Ashar Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Hajara Singh] (2020_05_01_06_026)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 812 addressed to Hajara Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Ganda Singh] (2020_05_01_06_027)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 832 addressed to Ganda Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Gurditt Singh] (2020_05_01_06_028)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 27 addressed to Gurditt Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Tara Singh] (2020_05_01_06_029)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 813 addressed to Tara Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_030)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 823 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Mehar Singh] (2020_05_01_06_031)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 566 addressed to Mehar Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Ganda Singh] (2020_05_01_06_032)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 165 addressed to Ganda Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_033)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 178 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to the Board of Railway Commissioner in Ottawa] (2020_05_01_06_034)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 266 addressed to the Board of Railway Commissioner in Ottawa.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Atma Ram] (2020_05_01_06_035)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 265 addressed to Atma Ram in Vancouver.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to the passport officer in Ottawa] (2020_05_01_06_036)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 524 addressed to the passport officer in Ottawa.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_037)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 669 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to the passport officer in Ottawa] (2020_05_01_06_038)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 183 addressed to the passport officer in Ottawa.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_039)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 18738 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration number addressed to Oremte Cuba] (2020_05_01_06_040)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 673 addressed to Oremte Cuba.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_041)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 444 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_042)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 623 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Atma Ram] (2020_05_01_06_043)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 615 addressed to Atma Ram.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Mrs. Rali] (2020_05_01_06_044)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 207 addressed to Mrs. Rali.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration] (2020_05_01_06_045)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 731 addressed to an unknown individual.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Mitt Singh] (2020_05_01_06_046)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 48 addressed to Mitt Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Bhugat Singh] (2020_05_01_06_047)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 284 addressed to Bhugat Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Ganda Singh] (2020_05_01_06_048)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 418 addressed to Ganda Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Bhugwan Singh] (2020_05_01_06_049)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 65 addressed to Bhugwan Singh.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to Imperial Bank of India] (2020_05_01_06_050)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 663 addressed to Imperial Bank of India.</t>
+  </si>
+  <si>
+    <t>[Certificate of Post Office Registration addressed to a bank in Punjab] (2020_05_01_06_051)</t>
+  </si>
+  <si>
+    <t>Certificate of post office registration number 662 addressed to a bank in Punjab.</t>
+  </si>
+  <si>
+    <t>[Blank credit receipt from the Canadian Bank of Commerce] (2020_05_01_06_052)</t>
+  </si>
+  <si>
+    <t>Blank credit receipt from the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Receipt from Bhagwan Singh Faqir Chand Metal Merchants in Bazar Kasera, Amritsar] (2020_05_01_06_053)</t>
+  </si>
+  <si>
+    <t>Receipt from Bhagwan Singh Faqir Chand Metal Merchants in Bazar Kasera, Amritsar.</t>
+  </si>
+  <si>
+    <t>[Receipt from a tailor or a cloth shop] (2020_05_01_06_054)</t>
+  </si>
+  <si>
+    <t>A handwritten note/receipt from a tailor or a cloth shop regarding items including button, string, plain cloth, etc.</t>
+  </si>
+  <si>
+    <t>[Receipt to Mayo Singh in the sum of $150] (2020_05_01_06_055)</t>
+  </si>
+  <si>
+    <t>Receipt from Mayo Singh of $150 as a trust fund to be given back two months from the date given next- September 21, 1917. The amount is received by Sohan Lal.</t>
+  </si>
+  <si>
+    <t>[Duncan Station receipt from Mayo Singh to Arjan Singh] (2020_05_01_06_056)</t>
+  </si>
+  <si>
+    <t>Duncan Station receipt from Mayo Singh to Arjan Singh in the sum of 20 cents.</t>
+  </si>
+  <si>
+    <t>[Letter from the Canadian Bank of Commerce in New Westminster, B.C to Mayo Singh] (2020_05_01_06_057)</t>
+  </si>
+  <si>
+    <t>Letter from the Canadian Bank of Commerce in New Westminster, B.C to Mayo Singh enclosing his pass book.</t>
+  </si>
+  <si>
+    <t>[Safety deposit box receipt from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_058)</t>
+  </si>
+  <si>
+    <t>Safety deposit receipt from the Canadian Bank of Commerce to Mayo Singh in the sum of $3.</t>
+  </si>
+  <si>
+    <t>[Letter from Bhai Singh Saina to the Royal Bank of Canada] (2020_05_01_06_059)</t>
+  </si>
+  <si>
+    <t>Letter from Bhai Singh Saina from the Mayo Lumber Company to the Royal Bank of Canada.</t>
+  </si>
+  <si>
+    <t>[Postal money order from Mayo Singh to Mitt Singh] (2020_05_01_06_060)</t>
+  </si>
+  <si>
+    <t>Postal money order receipt from Mayo Singh to Mitt Singh.</t>
+  </si>
+  <si>
+    <t>[Postal money from Mayo Singh to the Secretary, High School] (2020_05_01_06_061)</t>
+  </si>
+  <si>
+    <t>Postal money order receipt from Mayo Singh to the Secretary, High School.</t>
+  </si>
+  <si>
+    <t>[Postal money receipt from [?] to Nand Singh] (2020_05_01_06_062)</t>
+  </si>
+  <si>
+    <t>Postal money order receipt from [?] to Nand Singh.</t>
+  </si>
+  <si>
+    <t>[Postal money receipt from Mayo Singh to Nand Singh] (2020_05_01_06_063)</t>
+  </si>
+  <si>
+    <t>Postal money order receipt from Mayo Singh to Nand Singh.</t>
+  </si>
+  <si>
+    <t>[Postal money receipt from [?] to Ganda Singh] (2020_05_01_06_064)</t>
+  </si>
+  <si>
+    <t>Postal money order receipt from [?] to Ganda Singh.</t>
+  </si>
+  <si>
+    <t>[Postal money receipt from Mayo Singh to Ganda Singh] (2020_05_01_06_065)</t>
+  </si>
+  <si>
+    <t>Postal money receipt from Mayo Singh to Ganda Singh.</t>
+  </si>
+  <si>
+    <t>[Purchaser's receipt issued by the Imperial Bank of Canada] (2020_05_01_06_066)</t>
+  </si>
+  <si>
+    <t>Purchaser's receipt issued by the Imperial Bank of Canada in favour of Nand Singh (son of Bhulla Singh).</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Bariam Singh, Duncan] (2020_05_01_06_067)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Bariam Singh, Duncan.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Dhian Singh, Duncan] (2020_05_01_06_068)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Dhian Singh, Duncan.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Ghania Singh, Duncan] (2020_05_01_06_069)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Ghania Singh, Duncan.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh, Duncan] (2020_05_01_06_070)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Mayo Singh, Duncan.</t>
+  </si>
+  <si>
+    <t>[Mayo Singh's account statement from the Canadian Bank of Commerce] (2020_05_01_06_071)</t>
+  </si>
+  <si>
+    <t>Mayo Singh's account statement from the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Draft from the Royal Bank of Canada to Bhulla Singh] (2020_05_01_06_072)</t>
+  </si>
+  <si>
+    <t>Draft from the Royal Bank of Canada to Bhulla Singh.</t>
+  </si>
+  <si>
+    <t>[Draft from the Canadian Bank of Commerce to Ishar Singh] (2020_05_01_06_073)</t>
+  </si>
+  <si>
+    <t>Draft from the Canadian Bank of Commerce to Ishar Singh.</t>
+  </si>
+  <si>
+    <t>[Draft from the Canadian Bank of Commerce to Bhar Singh] (2020_05_01_06_074)</t>
+  </si>
+  <si>
+    <t>Draft from the Canadian Bank of Commerce to Bhar Singh.</t>
+  </si>
+  <si>
+    <t>[Cheque from Kehar Singh] (2020_05_01_06_075)</t>
+  </si>
+  <si>
+    <t>Cheque received from Kehar Singh in the sum of $1,500.</t>
+  </si>
+  <si>
+    <t>[Cheque from Ishar Singh to the Canadian Bank of Commerce] (2020_05_01_06_076)</t>
+  </si>
+  <si>
+    <t>Cheque from Ishar Singh to the Canadian Bank of Commerce, Duncan branch, in the sum of $525.</t>
+  </si>
+  <si>
+    <t>[Purchaser's receipt from the Canadian Bank of Commerce to Basant Singh] (2020_05_01_06_077)</t>
+  </si>
+  <si>
+    <t>Purchaser's receipt from the Canadian Bank of Commerce to Basant Singh drawn on Alliance Bank of Simla Ltd.</t>
+  </si>
+  <si>
+    <t>[Receipt from the Punjab &amp; Sind Bank Ltd. to Mayo Singh] (2020_05_01_06_078)</t>
+  </si>
+  <si>
+    <t>Receipt from the Punjab and Sind Bank Ltd. to Mayo Singh regarding the remittance in the sum of INR 14,100.</t>
+  </si>
+  <si>
+    <t>[Purchaser's receipt from the Canadian Bank of Commerce to Bharan Singh] (2020_05_01_06_079)</t>
+  </si>
+  <si>
+    <t>Purchaser's receipt from the Canadian Bank of Commerce to Bharan Singh in the sum of INR 1,000.</t>
+  </si>
+  <si>
+    <t>[Cheque from Port Alberni Canal Shingle Co. Ltd. to Sundar] (2020_05_01_06_080)</t>
+  </si>
+  <si>
+    <t>Cheque from Port Alberni Canal Shingle Co. Ltd. to Sundar in the sum of $755.75.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Jackson Singh] (2020_05_01_06_081)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Jackson Singh in the sum of $958.</t>
+  </si>
+  <si>
+    <t>[Audit notice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_082)</t>
+  </si>
+  <si>
+    <t>Audit notice from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Purchaser's receipt from the Canadian Bank of Commerce to [?]] (2020_05_01_06_083)</t>
+  </si>
+  <si>
+    <t>Purchaser's receipt from the Canadian Bank of Commerce to [?].</t>
+  </si>
+  <si>
+    <t>[Mayo Singh's account statement from the National Bank of India Limited] (2020_05_01_06_084)</t>
+  </si>
+  <si>
+    <t>Mayo Singh's account statement from the National Bank of India Limited.</t>
+  </si>
+  <si>
+    <t>[Purchaser's receipt from the Canadian Bank of Commerce in favour of Punjab National Bank Limited] (2020_05_01_06_085)</t>
+  </si>
+  <si>
+    <t>Purchaser's receipt from the Canadian Bank of Commerce in favour of Punjab National Bank Limited in the sum of INR 4,495.</t>
+  </si>
+  <si>
+    <t>[Memorandum from the Peoples Bank of Northern India Ltd. to Mayo Singh] (2020_05_01_06_086)</t>
+  </si>
+  <si>
+    <t>Memorandum from the Peoples Bank of Northern India Ltd. to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Memorandum from the Peoples Bank of Northern India Ltd. to Mayo Singh] (2020_05_01_06_087)</t>
+  </si>
+  <si>
+    <t>[Letter of a promise from [?] to the Peoples Bank of Northern India Limited] (2020_05_01_06_088)</t>
+  </si>
+  <si>
+    <t>Letter of a promise from [?] to the Peoples Bank of Northern India Limited.</t>
+  </si>
+  <si>
+    <t>[Letter from the National Bank of India Limited to Mayo Singh] (2020_05_01_06_089)</t>
+  </si>
+  <si>
+    <t>Letter from the National Bank of India Limited to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Money transfer receipt from Ganda Singh to George Boyer] (2020_05_01_06_090)</t>
+  </si>
+  <si>
+    <t>Money transfer receipt from Ganda Singh to George Boyer.</t>
+  </si>
+  <si>
+    <t>[Receipt for inland or foreign telegram] (2020_05_01_06_091)</t>
+  </si>
+  <si>
+    <t>Receipt for inland or foreign telegram for an unidentified individual.</t>
+  </si>
+  <si>
+    <t>[Receipt for inland or foreign telegram] (2020_05_01_06_092)</t>
+  </si>
+  <si>
+    <t>[The Canadian Bank of Commerce cheque signed by Mayo Singh] (2020_05_01_06_093)</t>
+  </si>
+  <si>
+    <t>The Canadian Bank of Commerce cheque signed by Mayo Singh in the sum of $50.</t>
+  </si>
+  <si>
+    <t>[The Canadian Bank of Commerce : Form 13] (2020_05_01_06_094)</t>
+  </si>
+  <si>
+    <t>The Canadian Bank of Commerce : Form 13.</t>
+  </si>
+  <si>
+    <t>[The Canadian Bank of Commerce debit note] (2020_05_01_06_095)</t>
+  </si>
+  <si>
+    <t>The Canadian Bank of Commerce debit note related to Mayo Singh in the sum of $1,004.63.</t>
+  </si>
+  <si>
+    <t>[Letter from H. T. Reed, Manager, Bank of Montreal to Mayo Singh] (2020_05_01_06_096)</t>
+  </si>
+  <si>
+    <t>Letter from H. T. Reed, Manager, Bank of Montreal to Mayo Singh regarding a transfer.</t>
+  </si>
+  <si>
+    <t>[Mayo Singh's account statement from the Canadian Bank of Commerce] (2020_05_01_06_097)</t>
+  </si>
+  <si>
+    <t>[Memorandum of draft transfer purchased for Gurditt Singh Bania] (2020_05_01_06_098)</t>
+  </si>
+  <si>
+    <t>Memorandum of draft transfer purchased from the Royal Bank of Canada in favour of Gurditt Singh Bania and/or Labh Singh.</t>
+  </si>
+  <si>
+    <t>[Post Office Savings Bank of Canada : deposit acknowledgement receipt] (2020_05_01_06_099)</t>
+  </si>
+  <si>
+    <t>Deposit acknowledgement receipt from the Post Office Savings Bank of Canada for Ganda Singh.</t>
+  </si>
+  <si>
+    <t>[On demand draft for Mayo Singh] (2020_05_01_06_100)</t>
+  </si>
+  <si>
+    <t>On demand draft for Mayo Singh in the sum of $150.</t>
+  </si>
+  <si>
+    <t>[Cheque of $200 for M. Ishida signed by Mayo Singh] (2020_05_01_06_101)</t>
+  </si>
+  <si>
+    <t>Cheque in the sum of $200 for M. Ishida signed by Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[The Canadian Bank of Commerce Form 13] (2020_05_01_06_102)</t>
+  </si>
+  <si>
+    <t>The Canadian Bank of Commerce Form 13.</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_103)</t>
+  </si>
+  <si>
+    <t>Bank receipt from the Canadian Bank of Commerce to Mayo Singh regarding the savings account.</t>
+  </si>
+  <si>
+    <t>[Debit note from the Canadian Bank of Commerce] (2020_05_01_06_104)</t>
+  </si>
+  <si>
+    <t>Debit note from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Remitter receipt from the Canadian Bank of Commerce] (2020_05_01_06_105)</t>
+  </si>
+  <si>
+    <t>Remitter receipt from the Canadian Bank of Commerce in the sum of INR 177 for Gurditt Singh from Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Jackson Singh] (2020_05_01_06_106)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Jackson Singh for the amount of $161.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Mc Lennan] (2020_05_01_06_107)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Mc Lennan for the amount of $36.99.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_108)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Mayo Singh regarding the lodging of 10 bonds for $1,000 each.</t>
+  </si>
+  <si>
+    <t>[Letter from [?] to the Manager, the Canadian Bank of Commerce] (2020_05_01_06_109)</t>
+  </si>
+  <si>
+    <t>Letter from [?] to the Manager, the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Memorandum of transfer from the Royal Bank of Canada to Gurditt Singh Mahant] (2020_05_01_06_110)</t>
+  </si>
+  <si>
+    <t>Memorandum of transfer from the Royal Bank of Canada to Gurditt Singh Mahant.</t>
+  </si>
+  <si>
+    <t>[Memorandum of transfer from the Royal Bank of Canada to Gurditt Singh Mahant] (2020_05_01_06_111)</t>
+  </si>
+  <si>
+    <t>[Letter from the Punjab &amp; Sind Bank Ltd. to Basant Singh] (2020_05_01_06_112)</t>
+  </si>
+  <si>
+    <t>Letter from the Punjab &amp; Sind Bank Ltd. to Basant Singh regarding a fixed deposit.</t>
+  </si>
+  <si>
+    <t>[Draft from John [?] to Mayo Singh] (2020_05_01_06_113)</t>
+  </si>
+  <si>
+    <t>Draft from John [?] to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Cheque for Hugara signed by Mayo Singh] (2020_05_01_06_114)</t>
+  </si>
+  <si>
+    <t>Cheque for Hugara signed by Mayo Singh for the amount of $1,000.</t>
+  </si>
+  <si>
+    <t>[Cheque for Mayo Lumber Company Ltd. signed by Mayo Singh] (2020_05_01_06_115)</t>
+  </si>
+  <si>
+    <t>Cheque for Mayo Lumber Company Ltd. signed by Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Mayo Singh's account statement from the Canadian Bank of Commerce] (2020_05_01_06_116)</t>
+  </si>
+  <si>
+    <t>[Letter from W. T. Cook, Pro Manager, The Canadian Bank of Commerce, to Mayo Singh] (2020_05_01_06_117)</t>
+  </si>
+  <si>
+    <t>Letter from W. T. Cook, Pro Manager, The Canadian Bank of Commerce, to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Contract note from the Canadian Bank of Commerce to G. T. Clarkson and R. E. Weldon] (2020_05_01_06_118)</t>
+  </si>
+  <si>
+    <t>Contract note from the Canadian Bank of Commerce to G. T. Clarkson and R. E. Weldon regarding Dominion of Canada bonds.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_119)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Mayo Singh regarding the deposit of a sum of $33.75 dominion of Canada coupons.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_120)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Mayo Singh regarding the deposit of a sum of $10,000 dominion of Canada bonds.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_121)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Mayo Singh regarding the deposit of a sum of $4,500 dominion of Canada bonds.</t>
+  </si>
+  <si>
+    <t>[Promissory note from [?] to Mayo Singh] (2020_05_01_06_122)</t>
+  </si>
+  <si>
+    <t>Promissory note from [?] to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Promissory note from [?] to Mayo Singh] (2020_05_01_06_123)</t>
+  </si>
+  <si>
+    <t>Promissory note from [?] to Kapoor Lumber Co. Ltd.] (2020_05_01_06_124)</t>
+  </si>
+  <si>
+    <t>Promissory note from [?] to Kapoor Lumber Co. Ltd.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to M. B. Jackson] (2020_05_01_06_125)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to M. B. Jackson for the amount of $500.</t>
+  </si>
+  <si>
+    <t>[Bank statement from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_126)</t>
+  </si>
+  <si>
+    <t>Bank statement from the Canadian Bank of Commerce to Mayo Singh with a bank balance of $15.50.</t>
+  </si>
+  <si>
+    <t>[Bond receipt from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_127)</t>
+  </si>
+  <si>
+    <t>Bond receipt from the Canadian Bank of Commerce to Mayo Singh for the amount of $10,000 of Dominion of Canada coupons.</t>
+  </si>
+  <si>
+    <t>[Letter from W. T. Cook to Mayo Singh] (2020_05_01_06_128)</t>
+  </si>
+  <si>
+    <t>Letter from W. T. Cook to Mayo Singh regarding the cheque of $500 from Chu Sing Hor.</t>
+  </si>
+  <si>
+    <t>[Letter from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_129)</t>
+  </si>
+  <si>
+    <t>Letter and envelope from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Promissory note from [?] to Mayo Singh] (2020_05_01_06_130)</t>
+  </si>
+  <si>
+    <t>Promissory note from an unidentified individual to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to David Spencer] (2020_05_01_06_131)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to David Spencer for the amount of $13.95.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Begg Motor Co. Ltd.] (2020_05_01_06_132)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Begg Motor Co. Ltd. for the amount of $350.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Maud Ryall] (2020_05_01_06_133)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Maud Ryall for the amount of $80.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to R. T. Campbell] (2020_05_01_06_134)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to R. T. Campbell for the amount of $75.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to the King's Daughter's Hospital] (2020_05_01_06_135)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to the King's Daughter's Hospital for the amount of $107.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Clark] (2020_05_01_06_136)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Clark for the amount of $6.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to McLennan McFeely &amp; Prior Limited] (2020_05_01_06_137)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to McLennan, McFeely &amp; Prior, Limited for the amount of $401.80.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Kapoor Lumber Co. Ltd.] (2020_05_01_06_138)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Kapoor Lumber Co. Limited for the amount of $118.82.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Kapoor Lumber Co. Ltd.] (2020_05_01_06_139)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Kapoor Lumber Co. Limited for the amount of $165.55.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to the Motor House Ltd.] (2020_05_01_06_140)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to the Motor House Ltd. for the amount of $350.</t>
+  </si>
+  <si>
+    <t>[Safety deposit from Mayo Singh to Manager J. W. Ruggles] (2020_05_01_06_141)</t>
+  </si>
+  <si>
+    <t>Safety deposit from Mayo Singh to the Manager, J. W. Ruggles, the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Letter from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_142)</t>
+  </si>
+  <si>
+    <t>Letter from the Canadian Bank of Commerce to Mayo Singh regarding the hold of cheque.</t>
+  </si>
+  <si>
+    <t>[Receipt from J. W. Ruggles to Mayo Singh] (2020_05_01_06_143)</t>
+  </si>
+  <si>
+    <t>Receipt from the Manager, J. W. Ruggles at the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Savings bank deposit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_144)</t>
+  </si>
+  <si>
+    <t>Savings bank deposit receipt from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Receipt of debit from Mayo Singh's account] (2020_05_01_06_145)</t>
+  </si>
+  <si>
+    <t>Receipt of debit from Mayo Singh's bank account.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Tyee Machinery Co. Limited] (2020_05_01_06_146)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Tyee Machinery Co. Limited for the amount of $700.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Gurbadan Singh and Harnam Singh] (2020_05_01_06_147)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Gurbadan Singh and Harnam Singh for the amount of $897.</t>
+  </si>
+  <si>
+    <t>[Bank statement from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_148)</t>
+  </si>
+  <si>
+    <t>Bank statement from the Canadian Bank of Commerce to Mayo Singh with a total amount of $2,396.62.</t>
+  </si>
+  <si>
+    <t>[Promissory note for Mayo Singh] (2020_05_01_06_149)</t>
+  </si>
+  <si>
+    <t>Promissory note for Mayo Singh to pay $160 at the Royal Bank of Canada.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to [?]] (2020_05_01_06_150)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to an unidentified individual for the amount of $600.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Mayo Singh] (2020_05_01_06_151)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Mayo Singh for the amount of $575.</t>
+  </si>
+  <si>
+    <t>[Receipt from the Royal Bank of Canada to Mayo Singh] (2020_05_01_06_152)</t>
+  </si>
+  <si>
+    <t>Receipt from the Royal Bank of Canada to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Lum Wah] (2020_05_01_06_153)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Lum Wah for the amount of $581.55.</t>
+  </si>
+  <si>
+    <t>[Money order from Partap Singh to Mayo Singh] (2020_05_01_06_154)</t>
+  </si>
+  <si>
+    <t>Money order from Partap Singh to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Bank statement from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_155)</t>
+  </si>
+  <si>
+    <t>Bank statement from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Account statement from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_156)</t>
+  </si>
+  <si>
+    <t>Account statement from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Account statement from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_157)</t>
+  </si>
+  <si>
+    <t>[Advisory note from the Canadian Bank of Commerce to Puran Singh] (2020_05_01_06_158)</t>
+  </si>
+  <si>
+    <t>Advisory note from the Canadian Bank of COmmerce to Puran Singh Dial regarding the balance of $480.30 in favour of Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Workmen's Compensation Board] (2020_05_01_06_159)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Workmen's Compensation Board through Monarch Motors Limited.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Waldie Motors Limited] (2020_05_01_06_160)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Waldie Motors Limited through Monarch Motors Limited and the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Receiver General of Louvada] (2020_05_01_06_161)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Receiver General of Louvada through Receiver General of Louvada.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Mayo Singh] (2020_05_01_06_162)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Mayo Singh through Monarch Motors Limited.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh and Gordon Scott Trust to L. B. Asserude] (2020_05_01_06_163)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Mayo Singh and Gordon Scott to L. B. Asserude.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh and Gordon Scott Trust to J. P. Beros] (2020_05_01_06_164)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh and Gordon Scott Trust to J. P. Beros through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh and Gordon Scott Trust to P. W. Whittaker] (2020_05_01_06_165)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh and Gordon Scott Trust to P. W. Whittaker through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Ms Industrial Acceptance Corp] (2020_05_01_06_166)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Ms Industrial Acceptance Corp through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Diaries Limited] (2020_05_01_06_167)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Sunny Brar Diaries Limited through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Promissory note from Hayda to Mayo Singh] (2020_05_01_06_168)</t>
+  </si>
+  <si>
+    <t>Promissory note from Hayda to Mayo Singh to pay $100.00 through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Promissory note from Frank Denning to Raginder Singh] (2020_05_01_06_169)</t>
+  </si>
+  <si>
+    <t>Promissory note from Frank Denning to Raginder Singh to pay $900.00 with a 5% interest through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Promissory note from Frank Denning to Raginder Singh] (2020_05_01_06_170)</t>
+  </si>
+  <si>
+    <t>Promissory note from Frank Denning to Raginder Singh to pay an amount of $850.00  through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Promissory note from Frank Denning to Raginder Singh] (2020_05_01_06_171)</t>
+  </si>
+  <si>
+    <t>Promissory note from Frank Denning to Raginder Singh to pay an amount of $900.00 through the Canadian Bank of Commerce with an interest rate of 5%.</t>
+  </si>
+  <si>
+    <t>[Savings deposit for Mayo Singh] (2020_05_01_06_172)</t>
+  </si>
+  <si>
+    <t>Savings deposit for Mayo Singh of an amount pf $200.00 through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Letter from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_173)</t>
+  </si>
+  <si>
+    <t>Letter from the Canadian Bank of Commerce to Mayo Singh regarding the credit deposited to the savings account of Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Letter from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_174)</t>
+  </si>
+  <si>
+    <t>Letter from the Canadian Bank of Commerce to Mayo Singh regarding the credit deposited to the current account.</t>
+  </si>
+  <si>
+    <t>[Receipt from the Canadian Bank of Commerce to [?]] (2020_05_01_06_175)</t>
+  </si>
+  <si>
+    <t>Receipt from the Canadian Bank of Commerce to an unidentified individual.</t>
+  </si>
+  <si>
+    <t>[Form of debit for Mayo Singh] (2020_05_01_06_176)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh through the Canadian Bank of Commerce for the amount of $506.72.</t>
+  </si>
+  <si>
+    <t>[Form of debit for Mayo Singh] (2020_05_01_06_177)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh through the Canadian Bank of Commerce for the amount of $297.99.</t>
+  </si>
+  <si>
+    <t>[Receipt from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_178)</t>
+  </si>
+  <si>
+    <t>Receipt from the Canadian Bank of Commerce to Mayo Singh for the receival of an amount of $324 for a purchase of War Savings Certificate(s).</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Puran Singh Dial] (2020_05_01_06_179)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Puran Singh Dial regarding the balance of $480.30  in favour of Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Letter from R. S. Ross to Mayo Singh] (2020_05_01_06_180)</t>
+  </si>
+  <si>
+    <t>Letter from the manager of the Canadian Bank of Commerce, R. S. Ross to Mayo Singh regarding the sales $13,000 D/C 3/54 bonds and replacement of them with $13,000.</t>
+  </si>
+  <si>
+    <t>[List of securities lodged with the Canadian Bank of Commerce for Mayo Singh] (2020_05_01_06_181)</t>
+  </si>
+  <si>
+    <t>List of securities lodged with the Canadian Bank of Commerce for Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Form of debit for Mayo Singh] (2020_05_01_06_182)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh from the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Form of debit for Mayo Singh] (2020_05_01_06_183)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh from the Canadian Bank of Commerce of a value of $2.90.</t>
+  </si>
+  <si>
+    <t>[Receipt from Mayo Singh to Jogindar Kaur] (2020_05_01_06_184)</t>
+  </si>
+  <si>
+    <t>Receipt from Mayo Singh to Jogindar Kaur for bonds of a value of $10,000.</t>
+  </si>
+  <si>
+    <t>[Letter from B. W. W. Cocks to Mayo Singh] (2020_05_01_06_185)</t>
+  </si>
+  <si>
+    <t>Letter from the Manager, B. W. W. Cocks from the Canadian Bank of Commerce to Mayo Singh regarding the passbook that covers new account name, Mayo Investments Holding Company Ltd.</t>
+  </si>
+  <si>
+    <t>[Letter from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_186)</t>
+  </si>
+  <si>
+    <t>Letter from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Bank statement from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur] (2020_05_01_06_187)</t>
+  </si>
+  <si>
+    <t>Bank statement from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur.</t>
+  </si>
+  <si>
+    <t>[Account statement from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur] (2020_05_01_06_188)</t>
+  </si>
+  <si>
+    <t>Account statement from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Mayo Holdings Limited] (2020_05_01_06_189)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Mayo Holdings Limited through the Canadian Bank of Commerce for $10,000.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to [?]] (2020_05_01_06_190)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to an unidentified individual through the Canadian Bank of Commerce for $100.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to [?]] (2020_05_01_06_191)</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Dairy Limited] (2020_05_01_06_192)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Sunny Brar Dairy Limited through the Canadian Bank of Commerce for the amount of $37.58.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Dairy Limited] (2020_05_01_06_193)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Sunny Brar Dairy Limited through the Canadian Bank of Commerce for the amount of $29.50.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Dairy Limited] (2020_05_01_06_194)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Sunny Brar Dairy Limited through the Canadian Bank of Commerce for the amount of $21.87.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Avtar Kaur] (2020_05_01_06_195)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Avtar Kaur through the Canadian Bank of Commerce for the amount of $100.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Dairies Limited] (2020_05_01_06_196)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Sunny Brar Dairies Limited through the Canadian Bank of Commerce for the amount of $24.76.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Rakhi Kaur] (2020_05_01_06_197)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Rakhi Kaur through the Canadian Bank of Commerce for the amount of $12.40.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Dairies Limited] (2020_05_01_06_198)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Rakhi Kaur through the Canadian Bank of Commerce for the amount of $29.56.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Jogindar Kaur and Rajinder Singh Mayo] (2020_05_01_06_199)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Jogindar Kaur and Rajinder Singh Mayo through the Canadian Bank of Commerce for the amount of $36,000.00.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Dairies Limited] (2020_05_01_06_200)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Sunny Brar Dairies Limited through the Canadian Bank of Commerce for the amount of $20.97.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Rakhi Kaur] (2020_05_01_06_201)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Rakhi Kaur through the Canadian Bank of Commerce for the amount of $12.46.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Abtar Kaur] (2020_05_01_06_202)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Abtar Kaur through the Canadian Bank of Commerce for the amount of $100.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Rakhi Kaur] (2020_05_01_06_203)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Rakhi Kaur through the Canadian Bank of Commerce for the amount of $12.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Sunny Brar Dairies Limited] (2020_05_01_06_204)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Sunny Brar Dairies Limited through the Canadian Bank of Commerce for the amount of $15.49.</t>
+  </si>
+  <si>
+    <t>[Cheque from Mayo Singh to Bhubinder Singh] (2020_05_01_06_205)</t>
+  </si>
+  <si>
+    <t>Cheque from Mayo Singh to Bhubinder Singh through the Canadian Bank of Commerce for the amount of $100.</t>
+  </si>
+  <si>
+    <t>[Form of debit from HRH to Monarch Motors Limited] (2020_05_01_06_206)</t>
+  </si>
+  <si>
+    <t>Form of debit from the manager HRH of the Canadian Bank of Commerce to Monarch Motors Limited.</t>
+  </si>
+  <si>
+    <t>[Form of debit from Mayo Singh to Monarch Motors Limited] (2020_05_01_06_207)</t>
+  </si>
+  <si>
+    <t>Form of debit from Mayo Singh to Monarch Motors Limited through the Canadian Bank of Commerce.</t>
+  </si>
+  <si>
+    <t>[Form of debit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_208)</t>
+  </si>
+  <si>
+    <t>Form of debit from the Canadian Bank of Commerce to Mayo Singh regarding the transfer of INR 1,380 to Punjab National Bank Limited in Mahilpur.</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_209)</t>
+  </si>
+  <si>
+    <t>Receipt of credit from the Canadian Bank of Commerce to Mayo Singh.</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_210)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur] (2020_05_01_06_211)</t>
+  </si>
+  <si>
+    <t>Receipt of credit from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur.</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_212)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_213)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_214)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_215)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_216)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_217)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_218)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_219)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_220)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_221)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_222)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_223)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_224)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_225)</t>
+  </si>
+  <si>
+    <t>[Receipt of credit from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_226)</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Rajindi Mayo] (2020_05_01_06_227)</t>
+  </si>
+  <si>
+    <t>Bank receipt from the Canadian Bank of Commerce to Rajindi Mayo of a total amount of $47.</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Mindi Mayo] (2020_05_01_06_228)</t>
+  </si>
+  <si>
+    <t>Bank receipt from the Canadian Bank of Commerce to Mindi Mayo of a total amount of $30.</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Mindi Mayo] (2020_05_01_06_229)</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur] (2020_05_01_06_230)</t>
+  </si>
+  <si>
+    <t>Bank receipts from the Canadian Bank of Commerce to Mayo Singh and Bishan Kaur.</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Abtar Kaur] (2020_05_01_06_231)</t>
+  </si>
+  <si>
+    <t>Bank receipts from the Canadian Bank of Commerce to Abtar Kaur with a total deposit of $100.</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Abtar Kaur] (2020_05_01_06_232)</t>
+  </si>
+  <si>
+    <t>[Bank receipt from the Canadian Bank of Commerce to Abtar Kaur] (2020_05_01_06_233)</t>
+  </si>
+  <si>
+    <t>[Letter of advice and cheque from the Canadian Bank of Commerce to Jogindar Kaur] (2020_05_01_06_234)</t>
+  </si>
+  <si>
+    <t>Letter of advice and cheque from the Canadian Bank of Commerce to Jogindar Kaur egarding the transfer made by the Royal Trust Co. to her savings account.</t>
+  </si>
+  <si>
+    <t>[Letter from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_235)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Mayo Singh regarding the amount of $300 credited to C/A account.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_236)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_237)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_238)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_239)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_240)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_241)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_242)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_243)</t>
+  </si>
+  <si>
+    <t>Letter of advice from the Canadian Bank of Commerce to Mayo Singh regarding the amount of $239 credited to C/A account.</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_244)</t>
+  </si>
+  <si>
+    <t>[Letter of advice from the Canadian Bank of Commerce to Mayo Singh] (2020_05_01_06_245)</t>
+  </si>
+  <si>
+    <t>[Form of debit from Mayo Singh to Mayo Singh] (2020_05_01_06_246)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh through the Canadian Bank of Commerce for the amount of $50.00.</t>
+  </si>
+  <si>
+    <t>[Form of debit from Mayo Singh to Mayo Singh] (2020_05_01_06_247)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh through the Canadian Bank of Commerce for the amount of $1,815.94.</t>
+  </si>
+  <si>
+    <t>[Form of debit from Mayo Singh to Mayo Singh] (2020_05_01_06_248)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh through the Canadian Bank of Commerce for the amount of $550.</t>
+  </si>
+  <si>
+    <t>[Form of debit from Mayo Singh to Mayo Singh] (2020_05_01_06_249)</t>
+  </si>
+  <si>
+    <t>Form of debit for Mayo Singh through the Canadian Bank of Commerce for the amount of $66.39.</t>
+  </si>
+  <si>
+    <t>[Letter from A. C. Baker, Canadian Bank of Commerce, to Mayo Singh] (2020_05_01_06_250)</t>
+  </si>
+  <si>
+    <t>Letter from the Canadian Bank of Commerce to Mayo Singh regarding the receipt of Canada coupons amounting to $8,952.00.</t>
+  </si>
+  <si>
+    <t>[Receipt from Mayo Singh to Punjab National Bank] (2020_05_01_06_251)</t>
+  </si>
+  <si>
+    <t>Receipt from Mayo Singh through the Canadian Bank of Commerce to Punjab National Bank in Mahilpur.</t>
+  </si>
+  <si>
+    <t>[Purchaser's receipt from the Canadian Bank of Commerce to [?]] (2020_05_01_06_252)</t>
+  </si>
+  <si>
+    <t>Purchaser's receipt from the Canadian Bank of Commerce to an unidentified individual for the amount of INR 1,000.</t>
+  </si>
+  <si>
+    <t>[Receipt from Mayo Singh to Subadar Major Kishan Singh] (2020_05_01_06_253)</t>
+  </si>
+  <si>
+    <t>Receipt from Mayo Singh to Subadar Major Kishan Singh through the Canadian Bank of Commerce regarding the amount of payment of INR 500.</t>
+  </si>
+  <si>
+    <t>[Receipt from Mayo Singh to Shanker Singh] (2020_05_01_06_254)</t>
+  </si>
+  <si>
+    <t>Receipt from Mayo Singh to Shanker Singh (son of Gurdiv Singh) through the Canadian Bank of Commerce regarding the amount of payment of INR 500.</t>
+  </si>
+  <si>
+    <t>[Particulars of Dominion of Canada bonds for Mayo Singh] (2020_05_01_06_255)</t>
+  </si>
+  <si>
+    <t>Particulars of Dominion of Canada bonds owned by Mayo Singh and held by the bank in the sum of $162,750.</t>
+  </si>
+  <si>
+    <t>[Particulars of Dominion of Canada bonds for Mayo Singh] (2020_05_01_06_256)</t>
+  </si>
+  <si>
+    <t>Particulars of Dominion of Canada bonds owned and held by Mayo Singh in the sum of $316,200.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +1504,7739 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37692_ca_object_representations_media_4885_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64643_ca_object_representations_media_4886_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83373_ca_object_representations_media_4887_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39764_ca_object_representations_media_4888_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96592_ca_object_representations_media_4889_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12404_ca_object_representations_media_4890_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14448_ca_object_representations_media_4891_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95331_ca_object_representations_media_4892_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25359_ca_object_representations_media_4893_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83154_ca_object_representations_media_4894_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85934_ca_object_representations_media_4895_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21295_ca_object_representations_media_4896_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52371_ca_object_representations_media_4897_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51806_ca_object_representations_media_4898_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648_ca_object_representations_media_4899_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73176_ca_object_representations_media_4900_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34706_ca_object_representations_media_4901_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7857_ca_object_representations_media_4902_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27841_ca_object_representations_media_4903_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43168_ca_object_representations_media_4904_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97343_ca_object_representations_media_4905_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59632_ca_object_representations_media_4906_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96306_ca_object_representations_media_4907_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93152_ca_object_representations_media_4908_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59212_ca_object_representations_media_4909_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27605_ca_object_representations_media_4910_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86107_ca_object_representations_media_4911_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21650_ca_object_representations_media_4912_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45139_ca_object_representations_media_4913_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15014_ca_object_representations_media_4914_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12456_ca_object_representations_media_4915_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60904_ca_object_representations_media_4916_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70775_ca_object_representations_media_4917_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28118_ca_object_representations_media_4918_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4878_ca_object_representations_media_4919_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72654_ca_object_representations_media_4920_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32149_ca_object_representations_media_4921_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23966_ca_object_representations_media_4922_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97347_ca_object_representations_media_4923_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11187_ca_object_representations_media_4924_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93943_ca_object_representations_media_4925_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89423_ca_object_representations_media_4926_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63756_ca_object_representations_media_4927_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69729_ca_object_representations_media_4928_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52790_ca_object_representations_media_4929_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77256_ca_object_representations_media_4930_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64285_ca_object_representations_media_4931_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43988_ca_object_representations_media_4932_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22270_ca_object_representations_media_4933_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40814_ca_object_representations_media_4934_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25947_ca_object_representations_media_4935_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65445_ca_object_representations_media_4936_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53900_ca_object_representations_media_4937_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42573_ca_object_representations_media_4938_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53744_ca_object_representations_media_4939_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81700_ca_object_representations_media_4940_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14665_ca_object_representations_media_4941_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17130_ca_object_representations_media_4942_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3887_ca_object_representations_media_4943_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81268_ca_object_representations_media_4944_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32227_ca_object_representations_media_4945_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67274_ca_object_representations_media_4946_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56950_ca_object_representations_media_4947_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26469_ca_object_representations_media_4948_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72924_ca_object_representations_media_4949_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33522_ca_object_representations_media_4950_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89707_ca_object_representations_media_4951_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92282_ca_object_representations_media_4952_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72437_ca_object_representations_media_4953_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16381_ca_object_representations_media_4954_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67850_ca_object_representations_media_4955_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25515_ca_object_representations_media_4956_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84178_ca_object_representations_media_4957_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52341_ca_object_representations_media_4958_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99848_ca_object_representations_media_4959_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38898_ca_object_representations_media_4960_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15087_ca_object_representations_media_4961_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1403_ca_object_representations_media_4962_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28470_ca_object_representations_media_4963_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73444_ca_object_representations_media_4964_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77547_ca_object_representations_media_4965_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76314_ca_object_representations_media_4966_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40951_ca_object_representations_media_4967_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75616_ca_object_representations_media_4968_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74851_ca_object_representations_media_4969_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84782_ca_object_representations_media_4970_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98408_ca_object_representations_media_4971_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62640_ca_object_representations_media_4972_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38240_ca_object_representations_media_4973_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61147_ca_object_representations_media_4974_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64739_ca_object_representations_media_4975_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73062_ca_object_representations_media_4976_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65200_ca_object_representations_media_4977_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97325_ca_object_representations_media_4978_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36329_ca_object_representations_media_4979_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99146_ca_object_representations_media_4980_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60750_ca_object_representations_media_4981_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66014_ca_object_representations_media_4982_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87857_ca_object_representations_media_4983_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82413_ca_object_representations_media_4984_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98566_ca_object_representations_media_4985_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51634_ca_object_representations_media_4986_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80887_ca_object_representations_media_4987_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17293_ca_object_representations_media_4988_large104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23094_ca_object_representations_media_4989_large105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13616_ca_object_representations_media_4990_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54720_ca_object_representations_media_4991_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61115_ca_object_representations_media_4992_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79556_ca_object_representations_media_4993_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36192_ca_object_representations_media_4994_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93432_ca_object_representations_media_4995_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16530_ca_object_representations_media_4996_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67724_ca_object_representations_media_4997_large113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66313_ca_object_representations_media_4998_large114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99603_ca_object_representations_media_4999_large115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78420_ca_object_representations_media_5000_large116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7553_ca_object_representations_media_5001_large117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84204_ca_object_representations_media_5002_large118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64238_ca_object_representations_media_5003_large119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82078_ca_object_representations_media_5004_large120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8424_ca_object_representations_media_5005_large121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2299_ca_object_representations_media_5006_large122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93692_ca_object_representations_media_5007_large123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64043_ca_object_representations_media_5008_large124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90300_ca_object_representations_media_5009_large125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85867_ca_object_representations_media_5010_large126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18038_ca_object_representations_media_5011_large127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11195_ca_object_representations_media_5012_large128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13675_ca_object_representations_media_5013_large129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6274_ca_object_representations_media_5014_large130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87368_ca_object_representations_media_5015_large131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70639_ca_object_representations_media_5016_large132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99612_ca_object_representations_media_5017_large133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81332_ca_object_representations_media_5018_large134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67936_ca_object_representations_media_5019_large135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18633_ca_object_representations_media_5020_large136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72231_ca_object_representations_media_5021_large137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72709_ca_object_representations_media_5022_large138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7423_ca_object_representations_media_5023_large139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51017_ca_object_representations_media_5024_large140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17210_ca_object_representations_media_5025_large141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8244_ca_object_representations_media_5026_large142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13089_ca_object_representations_media_5027_large143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60572_ca_object_representations_media_5028_large144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87903_ca_object_representations_media_5029_large145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7359_ca_object_representations_media_5030_large146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90376_ca_object_representations_media_5031_large147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71030_ca_object_representations_media_5032_large148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49555_ca_object_representations_media_5033_large149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/812_ca_object_representations_media_5034_large150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33791_ca_object_representations_media_5035_large151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31889_ca_object_representations_media_5036_large152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82139_ca_object_representations_media_5037_large153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54898_ca_object_representations_media_5038_large154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14247_ca_object_representations_media_5039_large155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51558_ca_object_representations_media_5040_large156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57516_ca_object_representations_media_5041_large157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6822_ca_object_representations_media_5042_large158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56251_ca_object_representations_media_5043_large159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97535_ca_object_representations_media_5044_large160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78344_ca_object_representations_media_5045_large161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94514_ca_object_representations_media_5046_large162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70015_ca_object_representations_media_5047_large163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58591_ca_object_representations_media_5048_large164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21476_ca_object_representations_media_5049_large165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87139_ca_object_representations_media_5050_large166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80270_ca_object_representations_media_5051_large167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95579_ca_object_representations_media_5052_large168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46829_ca_object_representations_media_5053_large169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97477_ca_object_representations_media_5054_large170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63855_ca_object_representations_media_5055_large171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5819_ca_object_representations_media_5056_large172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63941_ca_object_representations_media_5057_large173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80869_ca_object_representations_media_5058_large174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43242_ca_object_representations_media_5059_large175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41882_ca_object_representations_media_5060_large176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77611_ca_object_representations_media_5061_large177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31273_ca_object_representations_media_5062_large178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85715_ca_object_representations_media_5063_large179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26042_ca_object_representations_media_5064_large180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20340_ca_object_representations_media_5065_large181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72862_ca_object_representations_media_5066_large182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48590_ca_object_representations_media_5067_large183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15460_ca_object_representations_media_5068_large184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78046_ca_object_representations_media_5069_large185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37648_ca_object_representations_media_5070_large186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27970_ca_object_representations_media_5071_large187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21872_ca_object_representations_media_5072_large188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77585_ca_object_representations_media_5073_large189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41588_ca_object_representations_media_5074_large190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32988_ca_object_representations_media_5075_large191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87001_ca_object_representations_media_5076_large192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74693_ca_object_representations_media_5077_large193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6319_ca_object_representations_media_5078_large194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78387_ca_object_representations_media_5079_large195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12698_ca_object_representations_media_5080_large196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99772_ca_object_representations_media_5081_large197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82270_ca_object_representations_media_5082_large198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75448_ca_object_representations_media_5083_large199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87528_ca_object_representations_media_5084_large200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43403_ca_object_representations_media_5085_large201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48958_ca_object_representations_media_5086_large202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45293_ca_object_representations_media_5087_large203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47343_ca_object_representations_media_5088_large204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40863_ca_object_representations_media_5089_large205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17502_ca_object_representations_media_5090_large206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94261_ca_object_representations_media_5091_large207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42376_ca_object_representations_media_5092_large208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28139_ca_object_representations_media_5093_large209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72767_ca_object_representations_media_5094_large210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43768_ca_object_representations_media_5095_large211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75933_ca_object_representations_media_5096_large212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72175_ca_object_representations_media_5097_large213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47481_ca_object_representations_media_5098_large214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62354_ca_object_representations_media_5099_large215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95557_ca_object_representations_media_5100_large216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60605_ca_object_representations_media_5101_large217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45365_ca_object_representations_media_5102_large218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58469_ca_object_representations_media_5103_large219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6580_ca_object_representations_media_5104_large220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84315_ca_object_representations_media_5105_large221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90090_ca_object_representations_media_5106_large222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49130_ca_object_representations_media_5107_large223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39630_ca_object_representations_media_5108_large224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42322_ca_object_representations_media_5109_large225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81885_ca_object_representations_media_5110_large226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56658_ca_object_representations_media_5111_large227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36176_ca_object_representations_media_5112_large228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13013_ca_object_representations_media_5113_large229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72963_ca_object_representations_media_5114_large230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69078_ca_object_representations_media_5115_large231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85041_ca_object_representations_media_5116_large232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25293_ca_object_representations_media_5117_large233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79595_ca_object_representations_media_5118_large234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7792_ca_object_representations_media_5119_large235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14527_ca_object_representations_media_5120_large236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46426_ca_object_representations_media_5121_large237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56743_ca_object_representations_media_5122_large238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82207_ca_object_representations_media_5123_large239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66269_ca_object_representations_media_5124_large240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67236_ca_object_representations_media_5125_large241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1168_ca_object_representations_media_5126_large242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52040_ca_object_representations_media_5127_large243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62646_ca_object_representations_media_5128_large244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23477_ca_object_representations_media_5129_large245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65623_ca_object_representations_media_5130_large246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19469_ca_object_representations_media_5131_large247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50090_ca_object_representations_media_5132_large248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2419_ca_object_representations_media_5133_large249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70626_ca_object_representations_media_5134_large250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66988_ca_object_representations_media_5135_large251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96701_ca_object_representations_media_5136_large252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39512_ca_object_representations_media_5137_large253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37006_ca_object_representations_media_5138_large254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19602_ca_object_representations_media_5139_large255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87752_ca_object_representations_media_5140_large256.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6276975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6505575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6457950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7267575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6229350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6600825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5972175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6562725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6296025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6296025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6629400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6629400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6877050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6686550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2190750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6524625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6391275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6391275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6524625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6457950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6686550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6810375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6391275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6715125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6553200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6515100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6515100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6400800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6915150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6619875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6591300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6591300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6657975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6629400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6657975" cy="7381875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6581775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6162675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6591300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6638925" cy="6238875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6657975" cy="6315075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6286500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6448425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6505575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6496050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6296025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="imageA46" descr="imageA46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6696075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="imageA47" descr="imageA47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6629400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="imageA48" descr="imageA48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6296025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="imageA49" descr="imageA49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6562725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="imageA50" descr="imageA50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6419850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="imageA51" descr="imageA51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6419850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="imageA52" descr="imageA52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15192375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="imageA53" descr="imageA53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8801100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="imageA54" descr="imageA54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8686800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="imageA55" descr="imageA55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2638425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="imageA56" descr="imageA56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12172950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="imageA57" descr="imageA57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10410825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="imageA58" descr="imageA58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12277725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="imageA59" descr="imageA59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8963025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="imageA60" descr="imageA60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11620500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="imageA61" descr="imageA61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12096750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="imageA62" descr="imageA62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6657975" cy="11982450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="imageA63" descr="imageA63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6657975" cy="11982450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="imageA64" descr="imageA64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6657975" cy="11982450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="imageA65" descr="imageA65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6657975" cy="11982450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="imageA66" descr="imageA66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7639050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="imageA67" descr="imageA67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10248900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="imageA68" descr="imageA68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10420350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="imageA69" descr="imageA69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10439400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="imageA70" descr="imageA70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10334625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="imageA71" descr="imageA71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4057650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="imageA72" descr="imageA72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2752725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="imageA73" descr="imageA73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2705100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="imageA74" descr="imageA74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2705100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="imageA75" descr="imageA75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2886075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="imageA76" descr="imageA76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2705100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="imageA77" descr="imageA77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5991225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="imageA78" descr="imageA78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10515600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="imageA79" descr="imageA79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6105525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="imageA80" descr="imageA80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2886075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="imageA81" descr="imageA81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2667000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="imageA82" descr="imageA82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="imageA83" descr="imageA83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5762625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="imageA84" descr="imageA84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5286375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="imageA85" descr="imageA85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5915025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="imageA86" descr="imageA86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5343525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="imageA87" descr="imageA87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6677025" cy="5410200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="imageA88" descr="imageA88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4362450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="imageA89" descr="imageA89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8391525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="imageA90" descr="imageA90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11277600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="imageA91" descr="imageA91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3505200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="imageA92" descr="imageA92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3505200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="imageA93" descr="imageA93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="imageA94" descr="imageA94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2838450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="imageA95" descr="imageA95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2838450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="imageA96" descr="imageA96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10239375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="imageA97" descr="imageA97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6457950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="imageA98" descr="imageA98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5124450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="imageA99" descr="imageA99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3790950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="imageA100" descr="imageA100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2695575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="imageA101" descr="imageA101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2695575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="imageA102" descr="imageA102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2628900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="imageA103" descr="imageA103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11811000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="imageA104" descr="imageA104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2733675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="imageA105" descr="imageA105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10972800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="imageA106" descr="imageA106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2667000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="imageA107" descr="imageA107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2667000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="imageA108" descr="imageA108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8515350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="imageA109" descr="imageA109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10353675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="imageA110" descr="imageA110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5200650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="imageA111" descr="imageA111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5200650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="imageA112" descr="imageA112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="imageA113" descr="imageA113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3419475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="imageA114" descr="imageA114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2667000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="imageA115" descr="imageA115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2695575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="imageA116" descr="imageA116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4248150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="imageA117" descr="imageA117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10363200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="imageA118" descr="imageA118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4314825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="imageA119" descr="imageA119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8515350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="imageA120" descr="imageA120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8515350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="imageA121" descr="imageA121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8515350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="imageA122" descr="imageA122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2781300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="imageA123" descr="imageA123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2695575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="imageA124" descr="imageA124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2705100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="imageA125" descr="imageA125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2752725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="imageA126" descr="imageA126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2638425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="imageA127" descr="imageA127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="imageA128" descr="imageA128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10363200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="imageA129" descr="imageA129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3733800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="imageA130" descr="imageA130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2705100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="imageA131" descr="imageA131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2686050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="imageA132" descr="imageA132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="imageA133" descr="imageA133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="imageA134" descr="imageA134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="imageA135" descr="imageA135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2686050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="imageA136" descr="imageA136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2686050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="imageA137" descr="imageA137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2686050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="imageA138" descr="imageA138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2714625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="imageA139" descr="imageA139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2714625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="imageA140" descr="imageA140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2667000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="imageA141" descr="imageA141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3143250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="imageA142" descr="imageA142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2686050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="imageA143" descr="imageA143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10706100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="imageA144" descr="imageA144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15430500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="imageA145" descr="imageA145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2771775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="imageA146" descr="imageA146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2657475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="imageA147" descr="imageA147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2828925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="imageA148" descr="imageA148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4295775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="imageA149" descr="imageA149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2657475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="imageA150" descr="imageA150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2705100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="imageA151" descr="imageA151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2714625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="imageA152" descr="imageA152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10506075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="imageA153" descr="imageA153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2752725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="imageA154" descr="imageA154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4067175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="imageA155" descr="imageA155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5762625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="imageA156" descr="imageA156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6305550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="imageA157" descr="imageA157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6600825" cy="6334125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="imageA158" descr="imageA158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6981825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="imageA159" descr="imageA159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2809875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="imageA160" descr="imageA160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2809875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="imageA161" descr="imageA161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2809875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="imageA162" descr="imageA162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2733675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="imageA163" descr="imageA163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="imageA164" descr="imageA164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2733675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="imageA165" descr="imageA165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="imageA166" descr="imageA166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="imageA167" descr="imageA167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2828925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="imageA168" descr="imageA168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2714625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="imageA169" descr="imageA169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2600325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="imageA170" descr="imageA170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2600325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="imageA171" descr="imageA171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2600325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="imageA172" descr="imageA172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14525625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="imageA173" descr="imageA173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2343150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="imageA174" descr="imageA174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2619375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="imageA175" descr="imageA175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2838450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="imageA176" descr="imageA176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2667000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="imageA177" descr="imageA177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2638425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="imageA178" descr="imageA178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6819900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="imageA179" descr="imageA179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6905625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="imageA180" descr="imageA180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8553450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="imageA181" descr="imageA181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8715375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="imageA182" descr="imageA182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2647950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="imageA183" descr="imageA183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="imageA184" descr="imageA184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8610600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="imageA185" descr="imageA185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8410575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="imageA186" descr="imageA186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2733675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="imageA187" descr="imageA187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9505950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="imageA188" descr="imageA188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9505950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="imageA189" descr="imageA189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2895600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="imageA190" descr="imageA190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2905125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="imageA191" descr="imageA191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2886075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="imageA192" descr="imageA192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2876550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="imageA193" descr="imageA193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2867025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="imageA194" descr="imageA194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2895600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="imageA195" descr="imageA195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2895600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="imageA196" descr="imageA196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2857500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="imageA197" descr="imageA197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2895600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="imageA198" descr="imageA198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2838450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="imageA199" descr="imageA199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2886075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="imageA200" descr="imageA200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2876550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="imageA201" descr="imageA201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2924175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="imageA202" descr="imageA202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2924175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="imageA203" descr="imageA203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2924175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="imageA204" descr="imageA204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2876550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="imageA205" descr="imageA205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2828925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="imageA206" descr="imageA206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="imageA207" descr="imageA207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="207" name="imageA208" descr="imageA208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2781300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="imageA209" descr="imageA209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14706600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="imageA210" descr="imageA210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14649450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="imageA211" descr="imageA211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14649450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="imageA212" descr="imageA212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14649450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="imageA213" descr="imageA213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14649450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="imageA214" descr="imageA214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14554200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="imageA215" descr="imageA215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14554200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="imageA216" descr="imageA216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14897100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="imageA217" descr="imageA217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15039975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="imageA218" descr="imageA218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14478000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="imageA219" descr="imageA219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14687550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="imageA220" descr="imageA220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14782800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="imageA221" descr="imageA221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14782800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="imageA222" descr="imageA222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14782800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="imageA223" descr="imageA223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14592300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="imageA224" descr="imageA224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14592300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="imageA225" descr="imageA225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14687550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="imageA226" descr="imageA226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="14973300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="imageA227" descr="imageA227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15325725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="imageA228" descr="imageA228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15411450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="imageA229" descr="imageA229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15411450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="imageA230" descr="imageA230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15316200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="imageA231" descr="imageA231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15316200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="imageA232" descr="imageA232"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15525750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="imageA233" descr="imageA233"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15525750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="imageA234" descr="imageA234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5781675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="imageA235" descr="imageA235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="imageA236" descr="imageA236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="imageA237" descr="imageA237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="imageA238" descr="imageA238"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="imageA239" descr="imageA239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="imageA240" descr="imageA240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2695575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="imageA241" descr="imageA241"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="imageA242" descr="imageA242"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>242</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="imageA243" descr="imageA243"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="imageA244" descr="imageA244"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="imageA245" descr="imageA245"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="imageA246" descr="imageA246"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="imageA247" descr="imageA247"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2724150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="imageA248" descr="imageA248"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2724150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="imageA249" descr="imageA249"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2676525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="imageA250" descr="imageA250"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8220075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="imageA251" descr="imageA251"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="imageA252" descr="imageA252"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7839075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="imageA253" descr="imageA253"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="imageA254" descr="imageA254"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="imageA255" descr="imageA255"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5143500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="imageA256" descr="imageA256"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5143500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="imageA257" descr="imageA257"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +9481,2426 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="561">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="581">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="577">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="649">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="556">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="589">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="533">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="585">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="561">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="561">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="591">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="591">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="613">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="596">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="195">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="582">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="570">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="570">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>34</v>
+      </c>
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="583">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C20" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="576">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>38</v>
+      </c>
+      <c r="C21" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="596">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="607">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="571">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="600">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="584">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="581">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>50</v>
+      </c>
+      <c r="C27" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="581">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="571">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>54</v>
+      </c>
+      <c r="C29" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="617">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>56</v>
+      </c>
+      <c r="C30" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="591">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>58</v>
+      </c>
+      <c r="C31" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="589">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>60</v>
+      </c>
+      <c r="C32" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="588">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>62</v>
+      </c>
+      <c r="C33" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="595">
+      <c r="A34"/>
+      <c r="B34" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="591">
+      <c r="A35"/>
+      <c r="B35" t="s">
+        <v>66</v>
+      </c>
+      <c r="C35" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="662">
+      <c r="A36"/>
+      <c r="B36" t="s">
+        <v>68</v>
+      </c>
+      <c r="C36" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="587">
+      <c r="A37"/>
+      <c r="B37" t="s">
+        <v>70</v>
+      </c>
+      <c r="C37" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="550">
+      <c r="A38"/>
+      <c r="B38" t="s">
+        <v>72</v>
+      </c>
+      <c r="C38" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="588">
+      <c r="A39"/>
+      <c r="B39" t="s">
+        <v>74</v>
+      </c>
+      <c r="C39" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="563">
+      <c r="A40"/>
+      <c r="B40" t="s">
+        <v>76</v>
+      </c>
+      <c r="C40" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="563">
+      <c r="A41"/>
+      <c r="B41" t="s">
+        <v>78</v>
+      </c>
+      <c r="C41" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="561">
+      <c r="A42"/>
+      <c r="B42" t="s">
+        <v>80</v>
+      </c>
+      <c r="C42" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" customHeight="1" ht="576">
+      <c r="A43"/>
+      <c r="B43" t="s">
+        <v>82</v>
+      </c>
+      <c r="C43" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" customHeight="1" ht="581">
+      <c r="A44"/>
+      <c r="B44" t="s">
+        <v>84</v>
+      </c>
+      <c r="C44" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" customHeight="1" ht="579">
+      <c r="A45"/>
+      <c r="B45" t="s">
+        <v>86</v>
+      </c>
+      <c r="C45" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" customHeight="1" ht="561">
+      <c r="A46"/>
+      <c r="B46" t="s">
+        <v>88</v>
+      </c>
+      <c r="C46" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" customHeight="1" ht="597">
+      <c r="A47"/>
+      <c r="B47" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" customHeight="1" ht="591">
+      <c r="A48"/>
+      <c r="B48" t="s">
+        <v>92</v>
+      </c>
+      <c r="C48" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" customHeight="1" ht="562">
+      <c r="A49"/>
+      <c r="B49" t="s">
+        <v>94</v>
+      </c>
+      <c r="C49" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" customHeight="1" ht="586">
+      <c r="A50"/>
+      <c r="B50" t="s">
+        <v>96</v>
+      </c>
+      <c r="C50" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" customHeight="1" ht="573">
+      <c r="A51"/>
+      <c r="B51" t="s">
+        <v>98</v>
+      </c>
+      <c r="C51" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" customHeight="1" ht="573">
+      <c r="A52"/>
+      <c r="B52" t="s">
+        <v>100</v>
+      </c>
+      <c r="C52" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" customHeight="1" ht="1355">
+      <c r="A53"/>
+      <c r="B53" t="s">
+        <v>102</v>
+      </c>
+      <c r="C53" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" customHeight="1" ht="785">
+      <c r="A54"/>
+      <c r="B54" t="s">
+        <v>104</v>
+      </c>
+      <c r="C54" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" customHeight="1" ht="776">
+      <c r="A55"/>
+      <c r="B55" t="s">
+        <v>106</v>
+      </c>
+      <c r="C55" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" customHeight="1" ht="236">
+      <c r="A56"/>
+      <c r="B56" t="s">
+        <v>108</v>
+      </c>
+      <c r="C56" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" customHeight="1" ht="1086">
+      <c r="A57"/>
+      <c r="B57" t="s">
+        <v>110</v>
+      </c>
+      <c r="C57" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" customHeight="1" ht="929">
+      <c r="A58"/>
+      <c r="B58" t="s">
+        <v>112</v>
+      </c>
+      <c r="C58" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" customHeight="1" ht="1096">
+      <c r="A59"/>
+      <c r="B59" t="s">
+        <v>114</v>
+      </c>
+      <c r="C59" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" customHeight="1" ht="800">
+      <c r="A60"/>
+      <c r="B60" t="s">
+        <v>116</v>
+      </c>
+      <c r="C60" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26" customHeight="1" ht="1037">
+      <c r="A61"/>
+      <c r="B61" t="s">
+        <v>118</v>
+      </c>
+      <c r="C61" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26" customHeight="1" ht="1079">
+      <c r="A62"/>
+      <c r="B62" t="s">
+        <v>120</v>
+      </c>
+      <c r="C62" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" customHeight="1" ht="1069">
+      <c r="A63"/>
+      <c r="B63" t="s">
+        <v>122</v>
+      </c>
+      <c r="C63" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" customHeight="1" ht="1069">
+      <c r="A64"/>
+      <c r="B64" t="s">
+        <v>124</v>
+      </c>
+      <c r="C64" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26" customHeight="1" ht="1069">
+      <c r="A65"/>
+      <c r="B65" t="s">
+        <v>126</v>
+      </c>
+      <c r="C65" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="66" spans="1:26" customHeight="1" ht="1069">
+      <c r="A66"/>
+      <c r="B66" t="s">
+        <v>128</v>
+      </c>
+      <c r="C66" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="67" spans="1:26" customHeight="1" ht="681">
+      <c r="A67"/>
+      <c r="B67" t="s">
+        <v>130</v>
+      </c>
+      <c r="C67" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="68" spans="1:26" customHeight="1" ht="915">
+      <c r="A68"/>
+      <c r="B68" t="s">
+        <v>132</v>
+      </c>
+      <c r="C68" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26" customHeight="1" ht="929">
+      <c r="A69"/>
+      <c r="B69" t="s">
+        <v>134</v>
+      </c>
+      <c r="C69" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26" customHeight="1" ht="931">
+      <c r="A70"/>
+      <c r="B70" t="s">
+        <v>136</v>
+      </c>
+      <c r="C70" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26" customHeight="1" ht="923">
+      <c r="A71"/>
+      <c r="B71" t="s">
+        <v>138</v>
+      </c>
+      <c r="C71" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" customHeight="1" ht="362">
+      <c r="A72"/>
+      <c r="B72" t="s">
+        <v>140</v>
+      </c>
+      <c r="C72" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26" customHeight="1" ht="245">
+      <c r="A73"/>
+      <c r="B73" t="s">
+        <v>142</v>
+      </c>
+      <c r="C73" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26" customHeight="1" ht="241">
+      <c r="A74"/>
+      <c r="B74" t="s">
+        <v>144</v>
+      </c>
+      <c r="C74" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26" customHeight="1" ht="241">
+      <c r="A75"/>
+      <c r="B75" t="s">
+        <v>146</v>
+      </c>
+      <c r="C75" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="76" spans="1:26" customHeight="1" ht="258">
+      <c r="A76"/>
+      <c r="B76" t="s">
+        <v>148</v>
+      </c>
+      <c r="C76" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26" customHeight="1" ht="242">
+      <c r="A77"/>
+      <c r="B77" t="s">
+        <v>150</v>
+      </c>
+      <c r="C77" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26" customHeight="1" ht="535">
+      <c r="A78"/>
+      <c r="B78" t="s">
+        <v>152</v>
+      </c>
+      <c r="C78" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26" customHeight="1" ht="938">
+      <c r="A79"/>
+      <c r="B79" t="s">
+        <v>154</v>
+      </c>
+      <c r="C79" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26" customHeight="1" ht="545">
+      <c r="A80"/>
+      <c r="B80" t="s">
+        <v>156</v>
+      </c>
+      <c r="C80" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26" customHeight="1" ht="258">
+      <c r="A81"/>
+      <c r="B81" t="s">
+        <v>158</v>
+      </c>
+      <c r="C81" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26" customHeight="1" ht="238">
+      <c r="A82"/>
+      <c r="B82" t="s">
+        <v>160</v>
+      </c>
+      <c r="C82" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26" customHeight="1" ht="772">
+      <c r="A83"/>
+      <c r="B83" t="s">
+        <v>162</v>
+      </c>
+      <c r="C83" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" customHeight="1" ht="514">
+      <c r="A84"/>
+      <c r="B84" t="s">
+        <v>164</v>
+      </c>
+      <c r="C84" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26" customHeight="1" ht="471">
+      <c r="A85"/>
+      <c r="B85" t="s">
+        <v>166</v>
+      </c>
+      <c r="C85" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26" customHeight="1" ht="527">
+      <c r="A86"/>
+      <c r="B86" t="s">
+        <v>168</v>
+      </c>
+      <c r="C86" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" customHeight="1" ht="476">
+      <c r="A87"/>
+      <c r="B87" t="s">
+        <v>170</v>
+      </c>
+      <c r="C87" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" customHeight="1" ht="483">
+      <c r="A88"/>
+      <c r="B88" t="s">
+        <v>172</v>
+      </c>
+      <c r="C88" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" customHeight="1" ht="390">
+      <c r="A89"/>
+      <c r="B89" t="s">
+        <v>173</v>
+      </c>
+      <c r="C89" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" customHeight="1" ht="749">
+      <c r="A90"/>
+      <c r="B90" t="s">
+        <v>175</v>
+      </c>
+      <c r="C90" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" customHeight="1" ht="1007">
+      <c r="A91"/>
+      <c r="B91" t="s">
+        <v>177</v>
+      </c>
+      <c r="C91" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26" customHeight="1" ht="313">
+      <c r="A92"/>
+      <c r="B92" t="s">
+        <v>179</v>
+      </c>
+      <c r="C92" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26" customHeight="1" ht="313">
+      <c r="A93"/>
+      <c r="B93" t="s">
+        <v>181</v>
+      </c>
+      <c r="C93" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26" customHeight="1" ht="236">
+      <c r="A94"/>
+      <c r="B94" t="s">
+        <v>182</v>
+      </c>
+      <c r="C94" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26" customHeight="1" ht="253">
+      <c r="A95"/>
+      <c r="B95" t="s">
+        <v>184</v>
+      </c>
+      <c r="C95" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26" customHeight="1" ht="253">
+      <c r="A96"/>
+      <c r="B96" t="s">
+        <v>186</v>
+      </c>
+      <c r="C96" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26" customHeight="1" ht="913">
+      <c r="A97"/>
+      <c r="B97" t="s">
+        <v>188</v>
+      </c>
+      <c r="C97" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26" customHeight="1" ht="576">
+      <c r="A98"/>
+      <c r="B98" t="s">
+        <v>190</v>
+      </c>
+      <c r="C98" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26" customHeight="1" ht="457">
+      <c r="A99"/>
+      <c r="B99" t="s">
+        <v>191</v>
+      </c>
+      <c r="C99" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26" customHeight="1" ht="338">
+      <c r="A100"/>
+      <c r="B100" t="s">
+        <v>193</v>
+      </c>
+      <c r="C100" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26" customHeight="1" ht="241">
+      <c r="A101"/>
+      <c r="B101" t="s">
+        <v>195</v>
+      </c>
+      <c r="C101" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26" customHeight="1" ht="241">
+      <c r="A102"/>
+      <c r="B102" t="s">
+        <v>197</v>
+      </c>
+      <c r="C102" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26" customHeight="1" ht="235">
+      <c r="A103"/>
+      <c r="B103" t="s">
+        <v>199</v>
+      </c>
+      <c r="C103" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26" customHeight="1" ht="1054">
+      <c r="A104"/>
+      <c r="B104" t="s">
+        <v>201</v>
+      </c>
+      <c r="C104" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26" customHeight="1" ht="243">
+      <c r="A105"/>
+      <c r="B105" t="s">
+        <v>203</v>
+      </c>
+      <c r="C105" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26" customHeight="1" ht="979">
+      <c r="A106"/>
+      <c r="B106" t="s">
+        <v>205</v>
+      </c>
+      <c r="C106" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26" customHeight="1" ht="238">
+      <c r="A107"/>
+      <c r="B107" t="s">
+        <v>207</v>
+      </c>
+      <c r="C107" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26" customHeight="1" ht="238">
+      <c r="A108"/>
+      <c r="B108" t="s">
+        <v>209</v>
+      </c>
+      <c r="C108" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" customHeight="1" ht="760">
+      <c r="A109"/>
+      <c r="B109" t="s">
+        <v>211</v>
+      </c>
+      <c r="C109" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26" customHeight="1" ht="923">
+      <c r="A110"/>
+      <c r="B110" t="s">
+        <v>213</v>
+      </c>
+      <c r="C110" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26" customHeight="1" ht="464">
+      <c r="A111"/>
+      <c r="B111" t="s">
+        <v>215</v>
+      </c>
+      <c r="C111" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26" customHeight="1" ht="464">
+      <c r="A112"/>
+      <c r="B112" t="s">
+        <v>217</v>
+      </c>
+      <c r="C112" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="113" spans="1:26" customHeight="1" ht="949">
+      <c r="A113"/>
+      <c r="B113" t="s">
+        <v>218</v>
+      </c>
+      <c r="C113" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26" customHeight="1" ht="306">
+      <c r="A114"/>
+      <c r="B114" t="s">
+        <v>220</v>
+      </c>
+      <c r="C114" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26" customHeight="1" ht="238">
+      <c r="A115"/>
+      <c r="B115" t="s">
+        <v>222</v>
+      </c>
+      <c r="C115" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26" customHeight="1" ht="240">
+      <c r="A116"/>
+      <c r="B116" t="s">
+        <v>224</v>
+      </c>
+      <c r="C116" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="117" spans="1:26" customHeight="1" ht="379">
+      <c r="A117"/>
+      <c r="B117" t="s">
+        <v>226</v>
+      </c>
+      <c r="C117" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26" customHeight="1" ht="924">
+      <c r="A118"/>
+      <c r="B118" t="s">
+        <v>227</v>
+      </c>
+      <c r="C118" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" customHeight="1" ht="385">
+      <c r="A119"/>
+      <c r="B119" t="s">
+        <v>229</v>
+      </c>
+      <c r="C119" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="120" spans="1:26" customHeight="1" ht="759">
+      <c r="A120"/>
+      <c r="B120" t="s">
+        <v>231</v>
+      </c>
+      <c r="C120" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26" customHeight="1" ht="759">
+      <c r="A121"/>
+      <c r="B121" t="s">
+        <v>233</v>
+      </c>
+      <c r="C121" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="122" spans="1:26" customHeight="1" ht="759">
+      <c r="A122"/>
+      <c r="B122" t="s">
+        <v>235</v>
+      </c>
+      <c r="C122" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="123" spans="1:26" customHeight="1" ht="249">
+      <c r="A123"/>
+      <c r="B123" t="s">
+        <v>237</v>
+      </c>
+      <c r="C123" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" customHeight="1" ht="241">
+      <c r="A124"/>
+      <c r="B124" t="s">
+        <v>239</v>
+      </c>
+      <c r="C124" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="125" spans="1:26" customHeight="1" ht="242">
+      <c r="A125"/>
+      <c r="B125" t="s">
+        <v>240</v>
+      </c>
+      <c r="C125" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" customHeight="1" ht="246">
+      <c r="A126"/>
+      <c r="B126" t="s">
+        <v>242</v>
+      </c>
+      <c r="C126" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" customHeight="1" ht="235">
+      <c r="A127"/>
+      <c r="B127" t="s">
+        <v>244</v>
+      </c>
+      <c r="C127" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" customHeight="1" ht="396">
+      <c r="A128"/>
+      <c r="B128" t="s">
+        <v>246</v>
+      </c>
+      <c r="C128" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="129" spans="1:26" customHeight="1" ht="925">
+      <c r="A129"/>
+      <c r="B129" t="s">
+        <v>248</v>
+      </c>
+      <c r="C129" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="130" spans="1:26" customHeight="1" ht="334">
+      <c r="A130"/>
+      <c r="B130" t="s">
+        <v>250</v>
+      </c>
+      <c r="C130" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="131" spans="1:26" customHeight="1" ht="242">
+      <c r="A131"/>
+      <c r="B131" t="s">
+        <v>252</v>
+      </c>
+      <c r="C131" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="132" spans="1:26" customHeight="1" ht="240">
+      <c r="A132"/>
+      <c r="B132" t="s">
+        <v>254</v>
+      </c>
+      <c r="C132" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="133" spans="1:26" customHeight="1" ht="236">
+      <c r="A133"/>
+      <c r="B133" t="s">
+        <v>256</v>
+      </c>
+      <c r="C133" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="134" spans="1:26" customHeight="1" ht="236">
+      <c r="A134"/>
+      <c r="B134" t="s">
+        <v>258</v>
+      </c>
+      <c r="C134" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="135" spans="1:26" customHeight="1" ht="236">
+      <c r="A135"/>
+      <c r="B135" t="s">
+        <v>260</v>
+      </c>
+      <c r="C135" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="136" spans="1:26" customHeight="1" ht="240">
+      <c r="A136"/>
+      <c r="B136" t="s">
+        <v>262</v>
+      </c>
+      <c r="C136" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="137" spans="1:26" customHeight="1" ht="240">
+      <c r="A137"/>
+      <c r="B137" t="s">
+        <v>264</v>
+      </c>
+      <c r="C137" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="138" spans="1:26" customHeight="1" ht="240">
+      <c r="A138"/>
+      <c r="B138" t="s">
+        <v>266</v>
+      </c>
+      <c r="C138" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="139" spans="1:26" customHeight="1" ht="243">
+      <c r="A139"/>
+      <c r="B139" t="s">
+        <v>268</v>
+      </c>
+      <c r="C139" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="140" spans="1:26" customHeight="1" ht="243">
+      <c r="A140"/>
+      <c r="B140" t="s">
+        <v>270</v>
+      </c>
+      <c r="C140" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="141" spans="1:26" customHeight="1" ht="238">
+      <c r="A141"/>
+      <c r="B141" t="s">
+        <v>272</v>
+      </c>
+      <c r="C141" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="142" spans="1:26" customHeight="1" ht="281">
+      <c r="A142"/>
+      <c r="B142" t="s">
+        <v>274</v>
+      </c>
+      <c r="C142" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="143" spans="1:26" customHeight="1" ht="239">
+      <c r="A143"/>
+      <c r="B143" t="s">
+        <v>276</v>
+      </c>
+      <c r="C143" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="144" spans="1:26" customHeight="1" ht="956">
+      <c r="A144"/>
+      <c r="B144" t="s">
+        <v>278</v>
+      </c>
+      <c r="C144" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="145" spans="1:26" customHeight="1" ht="1377">
+      <c r="A145"/>
+      <c r="B145" t="s">
+        <v>280</v>
+      </c>
+      <c r="C145" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="146" spans="1:26" customHeight="1" ht="248">
+      <c r="A146"/>
+      <c r="B146" t="s">
+        <v>282</v>
+      </c>
+      <c r="C146" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="147" spans="1:26" customHeight="1" ht="238">
+      <c r="A147"/>
+      <c r="B147" t="s">
+        <v>284</v>
+      </c>
+      <c r="C147" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="148" spans="1:26" customHeight="1" ht="252">
+      <c r="A148"/>
+      <c r="B148" t="s">
+        <v>286</v>
+      </c>
+      <c r="C148" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="149" spans="1:26" customHeight="1" ht="383">
+      <c r="A149"/>
+      <c r="B149" t="s">
+        <v>288</v>
+      </c>
+      <c r="C149" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="150" spans="1:26" customHeight="1" ht="238">
+      <c r="A150"/>
+      <c r="B150" t="s">
+        <v>290</v>
+      </c>
+      <c r="C150" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="151" spans="1:26" customHeight="1" ht="242">
+      <c r="A151"/>
+      <c r="B151" t="s">
+        <v>292</v>
+      </c>
+      <c r="C151" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="152" spans="1:26" customHeight="1" ht="243">
+      <c r="A152"/>
+      <c r="B152" t="s">
+        <v>294</v>
+      </c>
+      <c r="C152" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="153" spans="1:26" customHeight="1" ht="937">
+      <c r="A153"/>
+      <c r="B153" t="s">
+        <v>296</v>
+      </c>
+      <c r="C153" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="154" spans="1:26" customHeight="1" ht="245">
+      <c r="A154"/>
+      <c r="B154" t="s">
+        <v>298</v>
+      </c>
+      <c r="C154" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="155" spans="1:26" customHeight="1" ht="362">
+      <c r="A155"/>
+      <c r="B155" t="s">
+        <v>300</v>
+      </c>
+      <c r="C155" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="156" spans="1:26" customHeight="1" ht="515">
+      <c r="A156"/>
+      <c r="B156" t="s">
+        <v>302</v>
+      </c>
+      <c r="C156" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="157" spans="1:26" customHeight="1" ht="563">
+      <c r="A157"/>
+      <c r="B157" t="s">
+        <v>304</v>
+      </c>
+      <c r="C157" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="158" spans="1:26" customHeight="1" ht="571">
+      <c r="A158"/>
+      <c r="B158" t="s">
+        <v>306</v>
+      </c>
+      <c r="C158" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="159" spans="1:26" customHeight="1" ht="623">
+      <c r="A159"/>
+      <c r="B159" t="s">
+        <v>307</v>
+      </c>
+      <c r="C159" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="160" spans="1:26" customHeight="1" ht="251">
+      <c r="A160"/>
+      <c r="B160" t="s">
+        <v>309</v>
+      </c>
+      <c r="C160" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="161" spans="1:26" customHeight="1" ht="251">
+      <c r="A161"/>
+      <c r="B161" t="s">
+        <v>311</v>
+      </c>
+      <c r="C161" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="162" spans="1:26" customHeight="1" ht="251">
+      <c r="A162"/>
+      <c r="B162" t="s">
+        <v>313</v>
+      </c>
+      <c r="C162" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="163" spans="1:26" customHeight="1" ht="244">
+      <c r="A163"/>
+      <c r="B163" t="s">
+        <v>315</v>
+      </c>
+      <c r="C163" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="164" spans="1:26" customHeight="1" ht="237">
+      <c r="A164"/>
+      <c r="B164" t="s">
+        <v>317</v>
+      </c>
+      <c r="C164" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="165" spans="1:26" customHeight="1" ht="244">
+      <c r="A165"/>
+      <c r="B165" t="s">
+        <v>319</v>
+      </c>
+      <c r="C165" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="166" spans="1:26" customHeight="1" ht="237">
+      <c r="A166"/>
+      <c r="B166" t="s">
+        <v>321</v>
+      </c>
+      <c r="C166" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="167" spans="1:26" customHeight="1" ht="237">
+      <c r="A167"/>
+      <c r="B167" t="s">
+        <v>323</v>
+      </c>
+      <c r="C167" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="168" spans="1:26" customHeight="1" ht="253">
+      <c r="A168"/>
+      <c r="B168" t="s">
+        <v>325</v>
+      </c>
+      <c r="C168" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="169" spans="1:26" customHeight="1" ht="243">
+      <c r="A169"/>
+      <c r="B169" t="s">
+        <v>327</v>
+      </c>
+      <c r="C169" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="170" spans="1:26" customHeight="1" ht="232">
+      <c r="A170"/>
+      <c r="B170" t="s">
+        <v>329</v>
+      </c>
+      <c r="C170" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="171" spans="1:26" customHeight="1" ht="232">
+      <c r="A171"/>
+      <c r="B171" t="s">
+        <v>331</v>
+      </c>
+      <c r="C171" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="172" spans="1:26" customHeight="1" ht="232">
+      <c r="A172"/>
+      <c r="B172" t="s">
+        <v>333</v>
+      </c>
+      <c r="C172" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="173" spans="1:26" customHeight="1" ht="1297">
+      <c r="A173"/>
+      <c r="B173" t="s">
+        <v>335</v>
+      </c>
+      <c r="C173" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="174" spans="1:26" customHeight="1" ht="209">
+      <c r="A174"/>
+      <c r="B174" t="s">
+        <v>337</v>
+      </c>
+      <c r="C174" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="175" spans="1:26" customHeight="1" ht="233">
+      <c r="A175"/>
+      <c r="B175" t="s">
+        <v>339</v>
+      </c>
+      <c r="C175" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="176" spans="1:26" customHeight="1" ht="254">
+      <c r="A176"/>
+      <c r="B176" t="s">
+        <v>341</v>
+      </c>
+      <c r="C176" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="177" spans="1:26" customHeight="1" ht="238">
+      <c r="A177"/>
+      <c r="B177" t="s">
+        <v>343</v>
+      </c>
+      <c r="C177" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="178" spans="1:26" customHeight="1" ht="235">
+      <c r="A178"/>
+      <c r="B178" t="s">
+        <v>345</v>
+      </c>
+      <c r="C178" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="179" spans="1:26" customHeight="1" ht="608">
+      <c r="A179"/>
+      <c r="B179" t="s">
+        <v>347</v>
+      </c>
+      <c r="C179" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="180" spans="1:26" customHeight="1" ht="617">
+      <c r="A180"/>
+      <c r="B180" t="s">
+        <v>349</v>
+      </c>
+      <c r="C180" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="181" spans="1:26" customHeight="1" ht="763">
+      <c r="A181"/>
+      <c r="B181" t="s">
+        <v>351</v>
+      </c>
+      <c r="C181" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="182" spans="1:26" customHeight="1" ht="777">
+      <c r="A182"/>
+      <c r="B182" t="s">
+        <v>353</v>
+      </c>
+      <c r="C182" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="183" spans="1:26" customHeight="1" ht="237">
+      <c r="A183"/>
+      <c r="B183" t="s">
+        <v>355</v>
+      </c>
+      <c r="C183" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="184" spans="1:26" customHeight="1" ht="239">
+      <c r="A184"/>
+      <c r="B184" t="s">
+        <v>357</v>
+      </c>
+      <c r="C184" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="185" spans="1:26" customHeight="1" ht="769">
+      <c r="A185"/>
+      <c r="B185" t="s">
+        <v>359</v>
+      </c>
+      <c r="C185" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="186" spans="1:26" customHeight="1" ht="750">
+      <c r="A186"/>
+      <c r="B186" t="s">
+        <v>361</v>
+      </c>
+      <c r="C186" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="187" spans="1:26" customHeight="1" ht="243">
+      <c r="A187"/>
+      <c r="B187" t="s">
+        <v>363</v>
+      </c>
+      <c r="C187" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="188" spans="1:26" customHeight="1" ht="848">
+      <c r="A188"/>
+      <c r="B188" t="s">
+        <v>365</v>
+      </c>
+      <c r="C188" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="189" spans="1:26" customHeight="1" ht="848">
+      <c r="A189"/>
+      <c r="B189" t="s">
+        <v>367</v>
+      </c>
+      <c r="C189" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="190" spans="1:26" customHeight="1" ht="258">
+      <c r="A190"/>
+      <c r="B190" t="s">
+        <v>369</v>
+      </c>
+      <c r="C190" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="191" spans="1:26" customHeight="1" ht="260">
+      <c r="A191"/>
+      <c r="B191" t="s">
+        <v>371</v>
+      </c>
+      <c r="C191" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="192" spans="1:26" customHeight="1" ht="258">
+      <c r="A192"/>
+      <c r="B192" t="s">
+        <v>373</v>
+      </c>
+      <c r="C192" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="193" spans="1:26" customHeight="1" ht="257">
+      <c r="A193"/>
+      <c r="B193" t="s">
+        <v>374</v>
+      </c>
+      <c r="C193" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="194" spans="1:26" customHeight="1" ht="255">
+      <c r="A194"/>
+      <c r="B194" t="s">
+        <v>376</v>
+      </c>
+      <c r="C194" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="195" spans="1:26" customHeight="1" ht="258">
+      <c r="A195"/>
+      <c r="B195" t="s">
+        <v>378</v>
+      </c>
+      <c r="C195" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="196" spans="1:26" customHeight="1" ht="259">
+      <c r="A196"/>
+      <c r="B196" t="s">
+        <v>380</v>
+      </c>
+      <c r="C196" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="197" spans="1:26" customHeight="1" ht="255">
+      <c r="A197"/>
+      <c r="B197" t="s">
+        <v>382</v>
+      </c>
+      <c r="C197" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="198" spans="1:26" customHeight="1" ht="258">
+      <c r="A198"/>
+      <c r="B198" t="s">
+        <v>384</v>
+      </c>
+      <c r="C198" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="199" spans="1:26" customHeight="1" ht="253">
+      <c r="A199"/>
+      <c r="B199" t="s">
+        <v>386</v>
+      </c>
+      <c r="C199" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="200" spans="1:26" customHeight="1" ht="257">
+      <c r="A200"/>
+      <c r="B200" t="s">
+        <v>388</v>
+      </c>
+      <c r="C200" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="201" spans="1:26" customHeight="1" ht="256">
+      <c r="A201"/>
+      <c r="B201" t="s">
+        <v>390</v>
+      </c>
+      <c r="C201" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="202" spans="1:26" customHeight="1" ht="260">
+      <c r="A202"/>
+      <c r="B202" t="s">
+        <v>392</v>
+      </c>
+      <c r="C202" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="203" spans="1:26" customHeight="1" ht="260">
+      <c r="A203"/>
+      <c r="B203" t="s">
+        <v>394</v>
+      </c>
+      <c r="C203" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="204" spans="1:26" customHeight="1" ht="260">
+      <c r="A204"/>
+      <c r="B204" t="s">
+        <v>396</v>
+      </c>
+      <c r="C204" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="205" spans="1:26" customHeight="1" ht="256">
+      <c r="A205"/>
+      <c r="B205" t="s">
+        <v>398</v>
+      </c>
+      <c r="C205" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="206" spans="1:26" customHeight="1" ht="252">
+      <c r="A206"/>
+      <c r="B206" t="s">
+        <v>400</v>
+      </c>
+      <c r="C206" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="207" spans="1:26" customHeight="1" ht="232">
+      <c r="A207"/>
+      <c r="B207" t="s">
+        <v>402</v>
+      </c>
+      <c r="C207" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="208" spans="1:26" customHeight="1" ht="232">
+      <c r="A208"/>
+      <c r="B208" t="s">
+        <v>404</v>
+      </c>
+      <c r="C208" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="209" spans="1:26" customHeight="1" ht="249">
+      <c r="A209"/>
+      <c r="B209" t="s">
+        <v>406</v>
+      </c>
+      <c r="C209" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="210" spans="1:26" customHeight="1" ht="1312">
+      <c r="A210"/>
+      <c r="B210" t="s">
+        <v>408</v>
+      </c>
+      <c r="C210" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="211" spans="1:26" customHeight="1" ht="1308">
+      <c r="A211"/>
+      <c r="B211" t="s">
+        <v>410</v>
+      </c>
+      <c r="C211" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="212" spans="1:26" customHeight="1" ht="1308">
+      <c r="A212"/>
+      <c r="B212" t="s">
+        <v>411</v>
+      </c>
+      <c r="C212" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="213" spans="1:26" customHeight="1" ht="1308">
+      <c r="A213"/>
+      <c r="B213" t="s">
+        <v>413</v>
+      </c>
+      <c r="C213" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="214" spans="1:26" customHeight="1" ht="1308">
+      <c r="A214"/>
+      <c r="B214" t="s">
+        <v>414</v>
+      </c>
+      <c r="C214" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="215" spans="1:26" customHeight="1" ht="1299">
+      <c r="A215"/>
+      <c r="B215" t="s">
+        <v>415</v>
+      </c>
+      <c r="C215" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="216" spans="1:26" customHeight="1" ht="1299">
+      <c r="A216"/>
+      <c r="B216" t="s">
+        <v>416</v>
+      </c>
+      <c r="C216" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="217" spans="1:26" customHeight="1" ht="1330">
+      <c r="A217"/>
+      <c r="B217" t="s">
+        <v>417</v>
+      </c>
+      <c r="C217" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="218" spans="1:26" customHeight="1" ht="1342">
+      <c r="A218"/>
+      <c r="B218" t="s">
+        <v>418</v>
+      </c>
+      <c r="C218" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="219" spans="1:26" customHeight="1" ht="1292">
+      <c r="A219"/>
+      <c r="B219" t="s">
+        <v>419</v>
+      </c>
+      <c r="C219" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="220" spans="1:26" customHeight="1" ht="1310">
+      <c r="A220"/>
+      <c r="B220" t="s">
+        <v>420</v>
+      </c>
+      <c r="C220" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="221" spans="1:26" customHeight="1" ht="1319">
+      <c r="A221"/>
+      <c r="B221" t="s">
+        <v>421</v>
+      </c>
+      <c r="C221" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="222" spans="1:26" customHeight="1" ht="1319">
+      <c r="A222"/>
+      <c r="B222" t="s">
+        <v>422</v>
+      </c>
+      <c r="C222" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="223" spans="1:26" customHeight="1" ht="1319">
+      <c r="A223"/>
+      <c r="B223" t="s">
+        <v>423</v>
+      </c>
+      <c r="C223" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="224" spans="1:26" customHeight="1" ht="1302">
+      <c r="A224"/>
+      <c r="B224" t="s">
+        <v>424</v>
+      </c>
+      <c r="C224" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="225" spans="1:26" customHeight="1" ht="1302">
+      <c r="A225"/>
+      <c r="B225" t="s">
+        <v>425</v>
+      </c>
+      <c r="C225" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="226" spans="1:26" customHeight="1" ht="1310">
+      <c r="A226"/>
+      <c r="B226" t="s">
+        <v>426</v>
+      </c>
+      <c r="C226" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="227" spans="1:26" customHeight="1" ht="1337">
+      <c r="A227"/>
+      <c r="B227" t="s">
+        <v>427</v>
+      </c>
+      <c r="C227" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="228" spans="1:26" customHeight="1" ht="1368">
+      <c r="A228"/>
+      <c r="B228" t="s">
+        <v>428</v>
+      </c>
+      <c r="C228" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="229" spans="1:26" customHeight="1" ht="1375">
+      <c r="A229"/>
+      <c r="B229" t="s">
+        <v>430</v>
+      </c>
+      <c r="C229" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="230" spans="1:26" customHeight="1" ht="1375">
+      <c r="A230"/>
+      <c r="B230" t="s">
+        <v>432</v>
+      </c>
+      <c r="C230" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="231" spans="1:26" customHeight="1" ht="1367">
+      <c r="A231"/>
+      <c r="B231" t="s">
+        <v>433</v>
+      </c>
+      <c r="C231" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="232" spans="1:26" customHeight="1" ht="1367">
+      <c r="A232"/>
+      <c r="B232" t="s">
+        <v>435</v>
+      </c>
+      <c r="C232" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="233" spans="1:26" customHeight="1" ht="1385">
+      <c r="A233"/>
+      <c r="B233" t="s">
+        <v>437</v>
+      </c>
+      <c r="C233" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="234" spans="1:26" customHeight="1" ht="1385">
+      <c r="A234"/>
+      <c r="B234" t="s">
+        <v>438</v>
+      </c>
+      <c r="C234" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="235" spans="1:26" customHeight="1" ht="515">
+      <c r="A235"/>
+      <c r="B235" t="s">
+        <v>439</v>
+      </c>
+      <c r="C235" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="236" spans="1:26" customHeight="1" ht="239">
+      <c r="A236"/>
+      <c r="B236" t="s">
+        <v>441</v>
+      </c>
+      <c r="C236" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="237" spans="1:26" customHeight="1" ht="239">
+      <c r="A237"/>
+      <c r="B237" t="s">
+        <v>443</v>
+      </c>
+      <c r="C237" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="238" spans="1:26" customHeight="1" ht="239">
+      <c r="A238"/>
+      <c r="B238" t="s">
+        <v>444</v>
+      </c>
+      <c r="C238" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="239" spans="1:26" customHeight="1" ht="239">
+      <c r="A239"/>
+      <c r="B239" t="s">
+        <v>445</v>
+      </c>
+      <c r="C239" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="240" spans="1:26" customHeight="1" ht="239">
+      <c r="A240"/>
+      <c r="B240" t="s">
+        <v>446</v>
+      </c>
+      <c r="C240" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="241" spans="1:26" customHeight="1" ht="240">
+      <c r="A241"/>
+      <c r="B241" t="s">
+        <v>447</v>
+      </c>
+      <c r="C241" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="242" spans="1:26" customHeight="1" ht="232">
+      <c r="A242"/>
+      <c r="B242" t="s">
+        <v>448</v>
+      </c>
+      <c r="C242" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="243" spans="1:26" customHeight="1" ht="232">
+      <c r="A243"/>
+      <c r="B243" t="s">
+        <v>449</v>
+      </c>
+      <c r="C243" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="244" spans="1:26" customHeight="1" ht="232">
+      <c r="A244"/>
+      <c r="B244" t="s">
+        <v>450</v>
+      </c>
+      <c r="C244" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="245" spans="1:26" customHeight="1" ht="232">
+      <c r="A245"/>
+      <c r="B245" t="s">
+        <v>452</v>
+      </c>
+      <c r="C245" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="246" spans="1:26" customHeight="1" ht="232">
+      <c r="A246"/>
+      <c r="B246" t="s">
+        <v>453</v>
+      </c>
+      <c r="C246" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="247" spans="1:26" customHeight="1" ht="239">
+      <c r="A247"/>
+      <c r="B247" t="s">
+        <v>454</v>
+      </c>
+      <c r="C247" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="248" spans="1:26" customHeight="1" ht="243">
+      <c r="A248"/>
+      <c r="B248" t="s">
+        <v>456</v>
+      </c>
+      <c r="C248" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="249" spans="1:26" customHeight="1" ht="243">
+      <c r="A249"/>
+      <c r="B249" t="s">
+        <v>458</v>
+      </c>
+      <c r="C249" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="250" spans="1:26" customHeight="1" ht="238">
+      <c r="A250"/>
+      <c r="B250" t="s">
+        <v>460</v>
+      </c>
+      <c r="C250" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="251" spans="1:26" customHeight="1" ht="734">
+      <c r="A251"/>
+      <c r="B251" t="s">
+        <v>462</v>
+      </c>
+      <c r="C251" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="252" spans="1:26" customHeight="1" ht="958">
+      <c r="A252"/>
+      <c r="B252" t="s">
+        <v>464</v>
+      </c>
+      <c r="C252" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="253" spans="1:26" customHeight="1" ht="699">
+      <c r="A253"/>
+      <c r="B253" t="s">
+        <v>466</v>
+      </c>
+      <c r="C253" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="254" spans="1:26" customHeight="1" ht="967">
+      <c r="A254"/>
+      <c r="B254" t="s">
+        <v>468</v>
+      </c>
+      <c r="C254" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="255" spans="1:26" customHeight="1" ht="967">
+      <c r="A255"/>
+      <c r="B255" t="s">
+        <v>470</v>
+      </c>
+      <c r="C255" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="256" spans="1:26" customHeight="1" ht="459">
+      <c r="A256"/>
+      <c r="B256" t="s">
+        <v>472</v>
+      </c>
+      <c r="C256" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="257" spans="1:26" customHeight="1" ht="459">
+      <c r="A257"/>
+      <c r="B257" t="s">
+        <v>474</v>
+      </c>
+      <c r="C257" t="s">
+        <v>475</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>