--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -1,73 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>Newsclipping - Smoke is rising from the Maru, to leave at 5 a.m. tomorrow (2021_07_3951)</t>
+  </si>
+  <si>
+    <t>Page 058</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Smoke is rising from the Maru to leave at five a.m. tomorrow (2021_07_5165)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Mutineers prepared to repel boarders with kerosene bombs (2021_07_5183)</t>
+  </si>
+  <si>
+    <t>Newsclippings - Vancouver Sun: Hindus are certain to leave the inlet early this morning; 'Poor old Harnam Singh' knocks once again at Dominion's door to secure admission to Canada; Never too late to mend (2021_07_5380)</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re police intervention to get ship under steam (2021_07_10744)</t>
+  </si>
+  <si>
+    <t>Page 522</t>
+  </si>
+  <si>
+    <t>Copy of letter from Lt. Col. R. G. E. Leckie to Reid re loan of Ross Rifles (2021_07_10747)</t>
+  </si>
+  <si>
+    <t>Page 524</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Capt. G. Godson acknowledging receipt of rifles (2021_07_10748)</t>
+  </si>
+  <si>
+    <t>Page 525</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Col. R. G. E. Leckie re rifles (2021_07_10749)</t>
+  </si>
+  <si>
+    <t>Page 526</t>
+  </si>
+  <si>
+    <t>Ali Kazimi interview (2021_07_10851)</t>
+  </si>
+  <si>
+    <t>Filmmaker and author Ali Kazimi speaks about the Komagata Maru, his work, and the history of South Asians in Canada.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +133,329 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49579_ca_object_representations_media_3846_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83752_ca_object_representations_media_4077_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51040_ca_object_representations_media_4083_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75546_ca_object_representations_media_4110_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94919_ca_object_representations_media_3514_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89847_ca_object_representations_media_3517_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29538_ca_object_representations_media_3518_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30882_ca_object_representations_media_3519_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7009.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="20002500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8239125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="13687425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10820400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +700,194 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="1785">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="918">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="736">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="1222">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="962">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="966">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="964">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="957">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="0">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>