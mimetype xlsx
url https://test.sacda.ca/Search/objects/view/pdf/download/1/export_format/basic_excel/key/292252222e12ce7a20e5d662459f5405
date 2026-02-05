--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -1,73 +1,420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>[Appeal submission related to Karnail Singh Saroyo's immigration case] (2020_05_01_08_001)</t>
+  </si>
+  <si>
+    <t>Appeal submission related to Karnail Singh Saroyo's immigration case.</t>
+  </si>
+  <si>
+    <t>[Copy of appeal submission related to Karnail Singh Saroyo's immigration case] (2020_05_01_08_002)</t>
+  </si>
+  <si>
+    <t>Copy of appeal submission related to Karnail Singh Saroyo's immigration case.</t>
+  </si>
+  <si>
+    <t>[Meeting minutes of the Board of Inquiry related to Karnail Singh Saroyo's immigration case] (2020_05_01_08_003)</t>
+  </si>
+  <si>
+    <t>Meeting minutes of the Board of Inquiry related to Karnail Singh Saroyo's immigration case.</t>
+  </si>
+  <si>
+    <t>[Envelope for Karnail Singh Saroya] (2020_05_01_08_005)</t>
+  </si>
+  <si>
+    <t>Letter envelope for Karnail Singh Saroya through the Division of Vital Statistics Parliament Buildings in Victoria, B.C.</t>
+  </si>
+  <si>
+    <t>[Envelope for Karnail Singh Saroya] (2020_05_01_08_008)</t>
+  </si>
+  <si>
+    <t>Letter envelope for Mr. Karnail-Singh from PO Box 486 Duncan, BC. "U jagar" is written on the reverse side.</t>
+  </si>
+  <si>
+    <t>[Telegrams to Karnail Singh about entry to Canada and enrollment in Stanford University] (2020_05_01_08_010)</t>
+  </si>
+  <si>
+    <t>Telegrams from Capital Travel Service to Karnail Singh regarding his passport and academic records.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Anderson to Mayo Singh] (2020_05_01_08_011)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Anderson, Inspector-in-Charge for the Immigration branch to Mayo Singh inquiring about Karnail Singh's arrangements are regarding enrolling at Yuba City College.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to J. A. Anderson ] (2020_05_01_08_012)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to J. A. Anderson; a response to J. A. Anderson's questions about Karnail's arrangements for school and asks for an extension of his visit to Canada. Mayo describes how Karnail hasn't been heard back from the College in India, and how without what he needs from India, he cannot proceed with his endeavours in Canada.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Anderson to Mayo Singh] (2020_05_01_08_013)</t>
+  </si>
+  <si>
+    <t>Letter to Mayo Singh from J. A. Anderson; a response to Mayo Singh granting Karnail Singh an extension of his temporary admission to Canada if Mayo can forward Karnail's passport for endorsement.</t>
+  </si>
+  <si>
+    <t>[Letter from principal of Dayanand Anglo-Vedic College, Hoshiarpur] (2020_05_01_08_014)</t>
+  </si>
+  <si>
+    <t>Letter from Rala Ravi (?), Principal of  D.A.V College, Hoshiarpur, confirming Karnail Singh's enrollment at the school. They commend Karnail's good moral character, intelligence, and initiative.</t>
+  </si>
+  <si>
+    <t>[Letter from J. Dorman to Karnail Singh ] (2020_05_01_08_015)</t>
+  </si>
+  <si>
+    <t>Copy of a letter from J. Dorman to Karnail Singh advising Karnail that his temporary admission to Canada has expired and cannot be further extended. He offers Karnail the option to apply for permanent residence should he wish to stay in Canada, otherwise he would need to leave as soon as possible.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to J. Dorman] (2020_05_01_08_016)</t>
+  </si>
+  <si>
+    <t>Letter to from Mayo Singh to Mr. Dorman and Canadian Immigration asking for leniency as he had not received Mr. Dorman's letter regarding the status of Karnail's temporary admission. Mayo offers an apology and shares that he has written the H. S. Malik, High Commissioner for India in Ottawa, for advice on how to proceed with Karnail's immigration.</t>
+  </si>
+  <si>
+    <t>[Letter from J. Dorman to Karnail Singh] (2020_05_01_08_017)</t>
+  </si>
+  <si>
+    <t>Letter from J. Dorman to Karnail Singh stating Karnail must either depart Canada or apply to stay in Canada immediately.</t>
+  </si>
+  <si>
+    <t>[Letter from H. S. Singh to Mayo Singh] (2020_05_01_08_018)</t>
+  </si>
+  <si>
+    <t>Letter from H. S. Malik, High Commissioner for India in Ottawa to Mayo Singh stating he is happy to help with Karnail's immigration proceedings and providing instructions for next steps.</t>
+  </si>
+  <si>
+    <t>[Letter from J. Dorman to Karnail Singh] (2020_05_01_08_019)</t>
+  </si>
+  <si>
+    <t>Letter from J. Dorman to Karnail Singh with instruction for Karnail's wife to apply for Karnail's entry to Canada if she wishes.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to H. S. Malik] (2020_05_01_08_020)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to H. S. Malik describing the situation between his daughter Jogindar Kaur and Karnail Singh.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to H. S. Malik] (2020_05_01_08_021)</t>
+  </si>
+  <si>
+    <t>[Letter from C. E. Blaney, Jr. to Mayo Singh] (2020_05_01_08_022)</t>
+  </si>
+  <si>
+    <t>Letter from C. E. Blaney, Jr. to Mayo Singh informing Mayo that he will help complete the forms Mayo's daughter (Karnail's wife) was sent by Mr. Dorman.</t>
+  </si>
+  <si>
+    <t>[Letter from J. Dorman to Karnail Singh] (2020_05_01_08_023)</t>
+  </si>
+  <si>
+    <t>Letter from J. Dorman to Karnail Singh informing him that the option for his wife to apply for his entry to Canada is not a valid option due to the fact he entered Canada as a student and is now married. J. Dorman instructs Karnail to immediately apply in person at their office in Victoria.</t>
+  </si>
+  <si>
+    <t>[Letter from G. A. Scott, Summit Logging &amp; Lumber Company Limited to C. E. Blaney, Jr. Capital Travel Service] (2020_05_01_08_024)</t>
+  </si>
+  <si>
+    <t>Letter from G. A. Scott, Summit Logging &amp; Lumber Company Limited to C. E. Blaney, Jr. Capital Travel Service describing the enclosure of letters from Mayo Lumber Co. Ltd. and Summit Logging &amp; Lumber Co. Ltd., and two bank passbooks. Includes five letters of support related to Karnail's application.</t>
+  </si>
+  <si>
+    <t>[Letter from G. A. Scott to Canadian Immigration] (2020_05_01_08_025)</t>
+  </si>
+  <si>
+    <t>Letter from Summit Logging &amp; Lumber Company Co. Ltd. to Canadian Immigration regarding Mayo Singh's purchase of the mill and change of company name to Summit Logging &amp; Lumber Company Limited in 1946. It also notes Jogindar Kaur's experience and position at Mayo Lumber Co. (1943) Ltd. and at Summit Logging &amp; Lumber Co. Ltd. as well as her Canadian citizenship, hoping this information will incur favourable consideration.</t>
+  </si>
+  <si>
+    <t>[Letter from Dharam Singh to Canadian Immigration] (2020_05_01_08_026)</t>
+  </si>
+  <si>
+    <t>Letter from Dharam Singh to Canadian Immigration confirming Jogindar Kaur's position and responsibilities at Mayo Lumber Co. (1943) Ltd.</t>
+  </si>
+  <si>
+    <t>[Letter from Dharam Singh to Canadian Immigration without signature] (2020_05_01_08_027)</t>
+  </si>
+  <si>
+    <t>[Letter from G. A. Scott to Canadian Immigration] (2020_05_01_08_028)</t>
+  </si>
+  <si>
+    <t>[Order for Deportation for Karnail Singh Saroya] (2020_05_01_08_030)</t>
+  </si>
+  <si>
+    <t>Order of Deportation for Karnail Singh Saroya due to inability to comply with provisions of Order-in-Council P.C. 2115 from September 16, 1030.</t>
+  </si>
+  <si>
+    <t>[Copy of letter from W. C. Moresby to Mr. Blaney] (2020_05_01_08_031)</t>
+  </si>
+  <si>
+    <t>Letter from W. C. Moresby to Mr. Blaney regarding an appeal from the decision to deport Karnail. Morseby also briefly speaks of fees to be prepared and paid.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to H. S. Malik] (2020_05_01_08_034)</t>
+  </si>
+  <si>
+    <t>Follow-up letter from Mayo Singh to H. S. Malik including the minutes from the Board of Inquiry's meeting held on September 24, 1948. He also asks if Mr. Malik has taken the case to the authorities in Ottawa.</t>
+  </si>
+  <si>
+    <t>[Letter from P. T. Baldwin, Assistant Commissioner of Immigration, to Karnail Singh] (2020_05_01_08_035)</t>
+  </si>
+  <si>
+    <t>Letter from P. T. Baldwin, Assistant Commissioner of Immigration, to Karnail Singh informing him that his appeal has been dismissed.</t>
+  </si>
+  <si>
+    <t>[Letter from D. P. Pandia to Mayo Singh] (2020_05_01_08_039)</t>
+  </si>
+  <si>
+    <t>Letter from D. P. Pandia to Mayo Singh as indicated in Telegram from November 24, 1948 commending Mayo for prompt attention to Karnail's case and congratulating him on the combined successful efforts to keep Karnail in Canada permanently.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh] (2020_05_01_08_041)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Mayo Singh indicating he has received a personal letter from the Minister, but has not yet received anything official from the Immigration Office in Victoria about Karnail.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh] (2020_05_01_08_042)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Mayo Singh to confirm receipt of a personal letter from the Minister of Mines and Resources regarding the decision to allow Karnail to stay in Canada permanently and that Karnail should receive official forms or communications soon.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to Dr. D. P. Pandia] (2020_05_01_08_044a)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to Dr. D. P. Pandia informing receipt of letter from H. S. Malik, High Commissioner for India in Canada, which confirms the Minister of Immigration's decision to allow Karnail to remain in Canada permanently. He thanks Dr. Pandia for his efforts in securing Karnail's residency.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to Hon. Mr. Jas. McKinnon] (2020_05_01_08_044b)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to Hon. Mr. Jas. McKinnon, Minister of Mines and Resources, thanking him for his kindness in Karnail's immigration case.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to the Hon. H. S. Malik] (2020_05_01_08_044c)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to the Hon. H. S. Malik, High Commissioner for India, thanking him and the Honourable Mr. McKinnon for their successful efforts in Karnail's immigration case.</t>
+  </si>
+  <si>
+    <t>[Letter from H. S. Malik to Mayo Singh] (2020_05_01_08_044d)</t>
+  </si>
+  <si>
+    <t>Letter from H. S. Malik to Mayo Singh to inform him that the Honourable Minister MacKinnon has approved Karnail Singh's entry to Canada. He expresses delight in the success of the case.</t>
+  </si>
+  <si>
+    <t>[Letter from D. P. Pandia to Mayo Singh] (2020_05_01_08_044g)</t>
+  </si>
+  <si>
+    <t>Letter from D. P. Pandia to Mayo Singh detailing the contacts and calls made on behalf of Karnail Singh to grant him entry to Canada. He expresses his regrets that they had experienced these issues  and wishes them all the success.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh] (2020_05_01_08_044h)</t>
+  </si>
+  <si>
+    <t>Letter from a representative from Moresby, Farr, Byers &amp; Moresby law firm to Mayo Singh detailing their involvement in securing Karnail's entry to Canada after his appeal had been dismissed. They share that they have no yet received anything official from the Minster, but because the High Commissioner for India and Mr. Byers are long time personal friend, this decision was made available to the firm in writing.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh] (2020_05_01_08_045)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Mayo Singh informing he will be in Duncan soon and would like to deliver the personal letters received from the Minister and High Commissioner for India in case Karnail had not yet received anything official regarding his appeal. Also includes a telegram from Mayo Singh to J. A. Byers.</t>
+  </si>
+  <si>
+    <t>[Unsent letter from Mayo Singh to W. C. Moresby] (2020_05_01_08_046)</t>
+  </si>
+  <si>
+    <t>Unsent letter from Mayo Singh to W. C. Moresby informing his bill was paid and that Mayo is sending the bill back to Mr. Moresby. The letter is crossed out in ink and handwritten on it reads "This letter not mailed" and was signed by Mayo.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to Mr. Blaney] (2020_05_01_08_047)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to Mr. Blaney at Capital Travel Service sending back a bill from Moresby, Farr, Byers &amp; Moresby, stating Karnail Singh will see them after the winter season.</t>
+  </si>
+  <si>
+    <t>[Letter from W. C. Moresby to Mayo Singh] (2020_05_01_08_048)</t>
+  </si>
+  <si>
+    <t>Letter from a representative from Moresby, Farr, Byers &amp; Moresby law firm to Mayo Singh enclosing their account of their services in connection with Karnail's case.</t>
+  </si>
+  <si>
+    <t>[Copy of letter from C. E. S. Smith, Commissioner, to J. A. Byers] (2020_05_01_08_049)</t>
+  </si>
+  <si>
+    <t>Copy of a letter from C. E. S. Smith to J. A. Byers indicating instructions have been forwarded to the District Superintendent in Vancouver to adjust Karnail's status for permanent residence.</t>
+  </si>
+  <si>
+    <t>[Letter from a representative on behalf of W. C. Moresby to Mayo Singh] (2020_05_01_08_050)</t>
+  </si>
+  <si>
+    <t>Letter from a representative of W. C. Moresby to Mayo Singh enclosing a copy of a letter from the Commissioner of the Immigration Branch, Department of Mines and Resources confirming the instructions sent to the District Superintendent in Vancouver to adjust Karnail's status for permanent residence.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Karnail Singh] (2020_05_01_08_051)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Karnail Singh including a copy of his account and fees due for services rendered over his immigration case. He notes he had already forwarded the account to Mayo Singh, but as Mayo had stated he had nothing to do with the matter, Mr. Byers is sending it to Karnail requesting his attention to the matter.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh] (2020_05_01_08_052)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Mayo Singh looking to confirm Karnail and Dharam's admission to W. C. Moresby of Karnail and Mayo not being on good terms. He also states that it was assured to the Minister that Karnail would be in Mayo's employ and if this isn't so that they would have to inform the Minister.</t>
+  </si>
+  <si>
+    <t>[Letter from C. D. Reid to Dharam Singh] (2020_05_01_08_053)</t>
+  </si>
+  <si>
+    <t>Letter from C. D. Reid to Dharam Singh asking him to come to their Victoria office with his bond receipt in order to receive a cheque refund of $1000.00.</t>
+  </si>
+  <si>
+    <t>[Letter from Dharam Singh to Moresby, Byers &amp; Moresby] (2020_05_01_08_054)</t>
+  </si>
+  <si>
+    <t>Letter from Dharam Singh to Moresby, Byers &amp; Moresby submitting a cheque of $500 in full settlement for Karnail's case.</t>
+  </si>
+  <si>
+    <t>[Letter from Moresby, Byers &amp; Moresby to Mayo Singh] (2020_05_01_08_055)</t>
+  </si>
+  <si>
+    <t>Letter from Moresby, Byers &amp; Moresby to Mayo Singh acknowledging receipt of his cheque for $500.00 in full settlement of Karnail's account.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to J. A. Byers] (2020_05_01_08_056a)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to J. A. Byers indicating he may visit Victoria soon.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh and Karnail Singh] (2020_05_01_08_056c)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Mayo Singh and Karnail Singh with intentions to send Mayo a more detailed account of the services rendered by his firm. He includes that there are requisite particulars required by the Legal Professions act.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh] (2020_05_01_08_056d)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Mayo Singh expressing confusion as to why Dharam Singh has sent them a cheque to settle Karnail's account. Byers says Dharam has misunderstood his role and that they wish to speak with Mayo personally to resolve the account.</t>
+  </si>
+  <si>
+    <t>[Letter from J. A. Byers to Mayo Singh] (2020_05_01_08_056e)</t>
+  </si>
+  <si>
+    <t>Letter from J. A. Byers to Mayo Singh stating their firm never received any instructions to amend or revoke Mayo's authority in managing Karnail's immigration case. He reminds Mayo that he was kept up-to-date on the proceedings of the case and that he never indicated he didn't want the firm to proceed after the appeal had been dismissed. He is returning the account to Mayo, asking for his attention to the matter.</t>
+  </si>
+  <si>
+    <t>[Letter from Dr. P. Pandia to Mayo Singh] (2020_05_01_08_056f)</t>
+  </si>
+  <si>
+    <t>Letter from Dr. P. Pandia to Mayo Singh explaining an stenographer's error in posting Mr Jolliffe's letter of Karnail's case to Dr. Pandia, therefore delaying his receipt of the letter and Dr. Pandia's forwarding of it to Mayo. He assures Mayo that Karnail's deportation order will be cancelled and that he has asked Ottawa to communicate directly to Mayo once this occurs. Also includes letter from A. L. Jollifee to Dr. Pandia.</t>
+  </si>
+  <si>
+    <t>[Letter from Dr. P. Pandia to Mayo Singh] (2020_05_01_08_056g)</t>
+  </si>
+  <si>
+    <t>Letter from Dr. P. Pandia to Mayo Singh explaining their letter may have crossed due to the time it takes airmail to travel between England and Canada. He encloses copies of letters he has sent to Mr. Jolliffe and Mr. Taylor in connection with Karnail's case. He also warns that it is uncommon for the Minister to reverse his dismissal of appeals, but he has been successful in other cases. He then asks Mayo to wire him if a decision has not been made before he receives this letter so that Dr. Pandia may obtain an extension for Karnail's case.</t>
+  </si>
+  <si>
+    <t>[Letter from Mayo Singh to Dr. D. P. Pandia] (2020_05_01_08_056h)</t>
+  </si>
+  <si>
+    <t>Letter from Mayo Singh to Dr. D. P. Pandia confirming receipt of two wires sent by the latter. He states that the letter expected from the second wire has not arrived and he is anxious to know the outcome of their efforts to keep Karnail in Canada. Also includes telegrams and other correspondence.</t>
+  </si>
+  <si>
+    <t>[Letter from A. L. Jolliffe to Dr. Pandia] (2020_05_01_08_056i)</t>
+  </si>
+  <si>
+    <t>Letter from A. L. Jolliffe to Dr. Pandia confirming receipt of the latter's letter dated December 16, 1948. He states he had written a letter to Dr. Pandia that said the case was being reviewed by the Minister. He also advises that special authority has been obtained and action is to be taken to adjust Karnail's status for permanent residence in Canada.</t>
+  </si>
+  <si>
+    <t>[Letter from H. S. Malik to Mayo Singh] (2020_05_01_08_056j)</t>
+  </si>
+  <si>
+    <t>Letter from H. S. Malik to Mayo Singh stating he has Mayo's letter and appeal for Karnail's permanent residence in Canada. Mr. Malik confirms he has strongly recommended the case to the authorities in Ottawa and will write to Mayo again with their decision.</t>
+  </si>
+  <si>
+    <t>[Letter from N. S. Sahni, for H. S. Malik, to Mayo Singh] (2020_05_01_08_056k)</t>
+  </si>
+  <si>
+    <t>Letter from N. S. Sahni, a representative for H. S. Malik, to Mayo Singh confirming receipt of Mayo's letter. He informs Mayo that Hon'ble Sardar Malik is in London and that they will be happy to bring the matter to the immigration authorities. He also asks Mayo to send a copy of the Board of Enquiry's brief to their office.</t>
+  </si>
+  <si>
+    <t>Jindo Mayo and husband Kernail (Joe) Saroya (2020_06_11_047)</t>
+  </si>
+  <si>
+    <t>Image of Jindo Mayo and her husband Kernail "Joe" Saroya posing in front of an automobile.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -86,50 +433,1829 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14593_ca_object_representations_media_5179_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75289_ca_object_representations_media_5180_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17143_ca_object_representations_media_5181_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410_ca_object_representations_media_5183_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52036_ca_object_representations_media_5186_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68138_ca_object_representations_media_5188_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52306_ca_object_representations_media_5189_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67550_ca_object_representations_media_5190_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12853_ca_object_representations_media_5191_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3862_ca_object_representations_media_5192_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83833_ca_object_representations_media_5193_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34731_ca_object_representations_media_5194_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24903_ca_object_representations_media_5195_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29014_ca_object_representations_media_5196_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14972_ca_object_representations_media_5197_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56057_ca_object_representations_media_5198_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51836_ca_object_representations_media_5199_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69006_ca_object_representations_media_5200_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28540_ca_object_representations_media_5201_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69320_ca_object_representations_media_5202_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19584_ca_object_representations_media_5203_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97185_ca_object_representations_media_5204_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29551_ca_object_representations_media_5205_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38785_ca_object_representations_media_5206_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79002_ca_object_representations_media_5208_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59950_ca_object_representations_media_5209_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29812_ca_object_representations_media_5212_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75741_ca_object_representations_media_5213_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17830_ca_object_representations_media_5217_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72687_ca_object_representations_media_5219_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65524_ca_object_representations_media_5220_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31683_ca_object_representations_media_5222_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90619_ca_object_representations_media_5223_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33226_ca_object_representations_media_5224_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95666_ca_object_representations_media_5225_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53168_ca_object_representations_media_5228_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44688_ca_object_representations_media_5229_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56507_ca_object_representations_media_5230_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31688_ca_object_representations_media_5231_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2307_ca_object_representations_media_5232_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15164_ca_object_representations_media_5233_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38719_ca_object_representations_media_5234_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70735_ca_object_representations_media_5235_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87731_ca_object_representations_media_5236_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73843_ca_object_representations_media_5237_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99076_ca_object_representations_media_5238_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25117_ca_object_representations_media_5239_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23099_ca_object_representations_media_5240_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91472_ca_object_representations_media_5241_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20307_ca_object_representations_media_5243_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71519_ca_object_representations_media_5244_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86101_ca_object_representations_media_5245_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25617_ca_object_representations_media_5246_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43545_ca_object_representations_media_5247_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46188_ca_object_representations_media_5248_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75266_ca_object_representations_media_5249_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84868_ca_object_representations_media_5250_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58275_ca_object_representations_media_5251_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45408_ca_object_representations_media_1038_large59.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11039475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10906125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10963275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2486025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5181600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5772150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5391150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5353050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8334375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8743950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8686800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7972425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8724900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5343525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8696325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8658225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7934325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8439150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8734425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8734425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10601325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8686800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8696325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7829550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10687050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8572500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8572500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8667750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8067675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8724900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5657850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8743950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8639175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8696325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7362825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8658225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="imageA46" descr="imageA46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7924800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="imageA47" descr="imageA47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8543925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="imageA48" descr="imageA48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5724525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="imageA49" descr="imageA49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8724900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="imageA50" descr="imageA50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8610600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="imageA51" descr="imageA51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="imageA52" descr="imageA52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="imageA53" descr="imageA53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8620125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="imageA54" descr="imageA54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8448675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="imageA55" descr="imageA55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8858250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="imageA56" descr="imageA56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7991475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="imageA57" descr="imageA57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8696325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="imageA58" descr="imageA58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8610600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="imageA59" descr="imageA59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="imageA60" descr="imageA60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -374,121 +2500,653 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1"/>
+  <dimension ref="A1:Z60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="2" spans="1:26" customHeight="1" ht="986">
+      <c r="A2"/>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" customHeight="1" ht="974">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="979">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="222">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="463">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="515">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="481">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="774">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="477">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="744">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="781">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="775">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="711">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="778">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="477">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="776">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="773">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C18" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="772">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="708">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="753">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="780">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>43</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="780">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>45</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="770">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>47</v>
+      </c>
+      <c r="C24" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="770">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="946">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>49</v>
+      </c>
+      <c r="C26" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="776">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>51</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="776">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>53</v>
+      </c>
+      <c r="C28" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="698">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>55</v>
+      </c>
+      <c r="C29" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="953">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>57</v>
+      </c>
+      <c r="C30" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="765">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="765">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>61</v>
+      </c>
+      <c r="C32" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="774">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>63</v>
+      </c>
+      <c r="C33" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="774">
+      <c r="A34"/>
+      <c r="B34" t="s">
+        <v>65</v>
+      </c>
+      <c r="C34" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="770">
+      <c r="A35"/>
+      <c r="B35" t="s">
+        <v>67</v>
+      </c>
+      <c r="C35" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="770">
+      <c r="A36"/>
+      <c r="B36" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="720">
+      <c r="A37"/>
+      <c r="B37" t="s">
+        <v>71</v>
+      </c>
+      <c r="C37" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="778">
+      <c r="A38"/>
+      <c r="B38" t="s">
+        <v>73</v>
+      </c>
+      <c r="C38" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="504">
+      <c r="A39"/>
+      <c r="B39" t="s">
+        <v>75</v>
+      </c>
+      <c r="C39" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="781">
+      <c r="A40"/>
+      <c r="B40" t="s">
+        <v>77</v>
+      </c>
+      <c r="C40" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="771">
+      <c r="A41"/>
+      <c r="B41" t="s">
+        <v>79</v>
+      </c>
+      <c r="C41" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="776">
+      <c r="A42"/>
+      <c r="B42" t="s">
+        <v>81</v>
+      </c>
+      <c r="C42" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" customHeight="1" ht="657">
+      <c r="A43"/>
+      <c r="B43" t="s">
+        <v>83</v>
+      </c>
+      <c r="C43" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" customHeight="1" ht="773">
+      <c r="A44"/>
+      <c r="B44" t="s">
+        <v>85</v>
+      </c>
+      <c r="C44" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" customHeight="1" ht="770">
+      <c r="A45"/>
+      <c r="B45" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" customHeight="1" ht="770">
+      <c r="A46"/>
+      <c r="B46" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" customHeight="1" ht="707">
+      <c r="A47"/>
+      <c r="B47" t="s">
+        <v>91</v>
+      </c>
+      <c r="C47" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" customHeight="1" ht="763">
+      <c r="A48"/>
+      <c r="B48" t="s">
+        <v>93</v>
+      </c>
+      <c r="C48" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" customHeight="1" ht="511">
+      <c r="A49"/>
+      <c r="B49" t="s">
+        <v>95</v>
+      </c>
+      <c r="C49" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" customHeight="1" ht="779">
+      <c r="A50"/>
+      <c r="B50" t="s">
+        <v>97</v>
+      </c>
+      <c r="C50" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" customHeight="1" ht="768">
+      <c r="A51"/>
+      <c r="B51" t="s">
+        <v>99</v>
+      </c>
+      <c r="C51" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" customHeight="1" ht="770">
+      <c r="A52"/>
+      <c r="B52" t="s">
+        <v>101</v>
+      </c>
+      <c r="C52" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" customHeight="1" ht="770">
+      <c r="A53"/>
+      <c r="B53" t="s">
+        <v>103</v>
+      </c>
+      <c r="C53" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" customHeight="1" ht="770">
+      <c r="A54"/>
+      <c r="B54" t="s">
+        <v>105</v>
+      </c>
+      <c r="C54" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" customHeight="1" ht="754">
+      <c r="A55"/>
+      <c r="B55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C55" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" customHeight="1" ht="790">
+      <c r="A56"/>
+      <c r="B56" t="s">
+        <v>109</v>
+      </c>
+      <c r="C56" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" customHeight="1" ht="714">
+      <c r="A57"/>
+      <c r="B57" t="s">
+        <v>111</v>
+      </c>
+      <c r="C57" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" customHeight="1" ht="776">
+      <c r="A58"/>
+      <c r="B58" t="s">
+        <v>113</v>
+      </c>
+      <c r="C58" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" customHeight="1" ht="769">
+      <c r="A59"/>
+      <c r="B59" t="s">
+        <v>115</v>
+      </c>
+      <c r="C59" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" customHeight="1" ht="402">
+      <c r="A60"/>
+      <c r="B60" t="s">
+        <v>117</v>
+      </c>
+      <c r="C60" t="s">
+        <v>118</v>
+      </c>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>