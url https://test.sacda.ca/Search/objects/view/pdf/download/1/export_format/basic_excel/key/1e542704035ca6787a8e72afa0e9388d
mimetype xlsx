--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,81 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hugh Johnston provided the first thoroughly researched study of the Komagata Maru event, basing his analysis on official accounts from both Canadian and Indian sources, as well as on the reminiscences of the only passenger still alive at the time the book was written. This book is still the landmark text on the Komagata Maru and diligently outlines the life for Indians at the turn of the 20th century, the reasons for chartering the Komagata Maru, revolutionary movements in North America, the riot at Budge Budge and the lives of many of the key players after the events of the Komagata Maru.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -94,89 +86,50 @@
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...37 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -421,131 +374,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="50" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="9" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="946">
-[...7 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>