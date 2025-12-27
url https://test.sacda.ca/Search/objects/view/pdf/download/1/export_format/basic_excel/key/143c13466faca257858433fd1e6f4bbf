--- v0 (2025-12-16)
+++ v1 (2025-12-27)
@@ -28,588 +28,588 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>[American Consul General, Shanghai, to William J. Bryan, Secretary of State, Washington] (2021_07_4585)</t>
+  </si>
+  <si>
+    <t>National Archives and Records Administration. Central Decimal File (CDF), 1910-1929; Decimal number 800.8890/71, box 7271; General Records of the Department of State, Record Group 59; National Archives II, College Park, MD:250/23/26/01</t>
+  </si>
+  <si>
+    <t>Canadian Sikhs (Part One) and Komagata Maru Massacre (2021_07_6295)</t>
+  </si>
+  <si>
+    <t>[Charles Gardner Johnson, Shipping Agent, Vancouver, to Y. Sato &amp; Co., Kobe, Japan. Copy] (2021_07_4607)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 877545, pt. 3</t>
+  </si>
+  <si>
+    <t>Conversation between H. H. Stevens, M.P., and Dr. Rughunath Singh, held at the Office of the Canadian Immigration Department, Vancouver, with Inspector Hopkinson also present at the commencement of the conversation. Page 1-11 (2021_07_9462)</t>
+  </si>
+  <si>
+    <t>Page 187-219</t>
+  </si>
+  <si>
+    <t>Copy of Communications received by Reid from Gurdit Singh, sent to W. D. Scott (2021_07_10696)</t>
+  </si>
+  <si>
+    <t>Page 225</t>
+  </si>
+  <si>
+    <t>Copy of letter from Daljit Singh to the Immigration Agent, complaining about actions of Department Officer (2021_07_10731)</t>
+  </si>
+  <si>
+    <t>Page 442</t>
+  </si>
+  <si>
+    <t>Copy of letter from Dr. Rughunath Singh to the Immigration Agent (2021_07_10758)</t>
+  </si>
+  <si>
+    <t>Page 499</t>
+  </si>
+  <si>
+    <t>Copy of letter from Dr. Singh to Reid (see p. 437) (2021_07_10727)</t>
+  </si>
+  <si>
+    <t>Page 438</t>
+  </si>
+  <si>
+    <t>Copy of letter from Gurdit Singh to the Immigration Agent re calling before the Board of Enquiry (2021_07_10701)</t>
+  </si>
+  <si>
+    <t>Page 354</t>
+  </si>
+  <si>
+    <t>Copy of letter from Gurdit Singh to the Immigration Agent re special favours allegedly granted certain passengers (2021_07_10729)</t>
+  </si>
+  <si>
+    <t>Page 440</t>
+  </si>
+  <si>
+    <t>Copy of letter from Raghunath Singh requesting to be taken off the Komagatu Maru (2021_07_10707)</t>
+  </si>
+  <si>
+    <t>Page 167</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh re responsibility for supplying food (2021_07_10682)</t>
+  </si>
+  <si>
+    <t>Page 155</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Gurdit Singh re provisioning (2021_07_10690)</t>
+  </si>
+  <si>
+    <t>Page 172</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to J. E. Bird, council for the Hindus, re need for Board of Inquiry (2021_07_10678)</t>
+  </si>
+  <si>
+    <t>Page 151</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Raghunath Singh (see p. 167) (2021_07_10691)</t>
+  </si>
+  <si>
+    <t>Page 173</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Raghunath Singh, Ship's doctor, S. S. Komagatu Maru, re supplying of food and medicine (2021_07_10680)</t>
+  </si>
+  <si>
+    <t>Page 153</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott confirming wires. Page 1-2 (2021_07_9471)</t>
+  </si>
+  <si>
+    <t>Page 226-227</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott enclosing recent correspondence. Page 1-2 (2021_07_681)</t>
+  </si>
+  <si>
+    <t>Page 420-421</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re activities of J. E. Bird. Page 1-3 (2021_07_324)</t>
+  </si>
+  <si>
+    <t>Page 409-411</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re allegations made by Daljit Singh (2021_07_10676)</t>
+  </si>
+  <si>
+    <t>Page 149</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re inadvisability of use of force. Page 1-2 (2021_07_3)</t>
+  </si>
+  <si>
+    <t>Page 355-356</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re Japanese Government's disclaiming of any connection with the Komagata Maru enterprise, also re possible attempt to set fire to the ship. Page 1-2 (2021_07_9465)</t>
+  </si>
+  <si>
+    <t>Page 220-221</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re Japanese insistence that they had no connection with the enterprise, and enclosing correspondence re recent incidents. Page 1-5 (2021_07_298)</t>
+  </si>
+  <si>
+    <t>Page 381-385</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re landing of prior residents (2021_07_10686)</t>
+  </si>
+  <si>
+    <t>Page 162</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re money deposited with Gurdit Singh, and preparations to escort Komagatu Maru out of the port (2021_07_10693)</t>
+  </si>
+  <si>
+    <t>Page 186</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott (see p. 149) (2021_07_10684)</t>
+  </si>
+  <si>
+    <t>Page 157</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott, sent with p. 353 and p. 354 (2021_07_10702)</t>
+  </si>
+  <si>
+    <t>Page 357</t>
+  </si>
+  <si>
+    <t>Copy of letter from R. L. Reid, Agent for the Minister of Justice, to W. D. Scott re procedure of the Boards of Enquiry, and the conduct of the officers of the Immigration Department. Page 1-6 (2021_07_2234)</t>
+  </si>
+  <si>
+    <t>Page 637-642</t>
+  </si>
+  <si>
+    <t>Copy of letter from the passengers on S. S. Komagatu Maru to the Immigration Agent re lack of water (2021_07_10708)</t>
+  </si>
+  <si>
+    <t>Page 364</t>
+  </si>
+  <si>
+    <t>[Copy of letters enclosed with pp. 409-411 - letter from Reid to W. D. Scott re activities of J. E. Bird] (2021_07_604)</t>
+  </si>
+  <si>
+    <t>Page 412-413</t>
+  </si>
+  <si>
+    <t>Copy of letter sent to Editor, The Daily News Advertiser, by passengers on board the Komagata Maru. Page 1-3 (2021_07_9475)</t>
+  </si>
+  <si>
+    <t>Page 229-231</t>
+  </si>
+  <si>
+    <t>Copy of letter, unsigned, to the Immigration Agent (2021_07_10732)</t>
+  </si>
+  <si>
+    <t>Page 443</t>
+  </si>
+  <si>
+    <t>Copy of paragraph 14 of the Confidential Weekly Diary for the week ending the 13th June 1914 of the Superintendent of Police, Lahore (2021_07_4978)</t>
+  </si>
+  <si>
+    <t>The National Archives. CO 42/985</t>
+  </si>
+  <si>
+    <t>[Correspondence re recent incidents (see pp. 381-385)] Page 1-3 (2021_07_320)</t>
+  </si>
+  <si>
+    <t>Page 386-406</t>
+  </si>
+  <si>
+    <t>[Diary : United India Home Rule League of Canada and the Hindustani Swaraj Sabha - English translation] (2021_07_10919)</t>
+  </si>
+  <si>
+    <t>English translation of [Diary : United India Home Rule League of Canada and the Hindustani Swaraj Sabha], containing the minutes of two organizations which came into existence in 1920 in Vancouver: the United India Home Rule League of Canada and the Hindustani Swaraj Sabha of Canada. Both organizations are linked to India's Independence movement started in Vancouver, B.C.</t>
+  </si>
+  <si>
+    <t>Extract from W. C. Hopkinson to Malcolm R. J. Reid (2021_07_5199)</t>
+  </si>
+  <si>
+    <t>Page 386-388</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4648)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 211, File 332 B</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4611)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G021, Vol. 211, File 332 B</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4755)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, File 879545, pt. 5</t>
+  </si>
+  <si>
+    <t>From the Second Echo of the Ghaddar (see p. 650). Page 1-3. Includes the message of the passengers of the Komagata Maru to their countrymen (2021_07_2300)</t>
+  </si>
+  <si>
+    <t>Page 651-655</t>
+  </si>
+  <si>
+    <t>Government form of time charter-party, Hong Kong [Agreement between A. Bune, Agent for the Owners of the Komagata Maru, and Gurdit Singh, charterer] (2021_07_4568)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 3</t>
+  </si>
+  <si>
+    <t>[Group on the steps of Hillcrest Sikh Temple] (2021_07_10286)</t>
+  </si>
+  <si>
+    <t>Gurdit Singh to the Immigration Agent, Vancouver (2021_07_10331)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 261, File 875456, pt. 3</t>
+  </si>
+  <si>
+    <t>[Herbert C. Clogstoun, Special Commissioner. Report to Dr. William J. Roche, Minister of the Interior, on Mission to Vancouver re PC 1265 of 2 June, 1915, with respect to Komagata Maru] (2021_07_5377)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. Borden Papers, 17838-17869, 17973-17978</t>
+  </si>
+  <si>
+    <t>Hugh Johnston interview (2021_07_10848)</t>
+  </si>
+  <si>
+    <t>Historian and author Hugh Johnston speaks about the Komagata Maru incident and discusses the various individuals involved.</t>
+  </si>
+  <si>
+    <t>[H. Wheeler, Secretary to the Government of India, to T. W. Holderness, Under-Secretary of State for India] (2021_07_5034)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 602, File 879545, pt. 6. Handwritten transcript</t>
+  </si>
+  <si>
+    <t>[J. A. Cote, Acting Deputy Minister of the Interior, to Sir Joseph Pope. Under-Secretary of State for External Affairs, enclosing Memorandum from E. Blake Robertson, Assistant Superintendent of Immigration, to Cote] (2021_07_4981)</t>
+  </si>
+  <si>
+    <t>Kamagata Maru (full play) (2021_07_1495)</t>
+  </si>
+  <si>
+    <t>Kamagata Maru (full play) (2021_07_1878)</t>
+  </si>
+  <si>
+    <t>Komagata Maru incident [Gurdit Singh with passengers] (2021_07_10537)</t>
+  </si>
+  <si>
+    <t>Vancouver Public Library. Accession number 6231,Frank, Leonard;Frank, Leonard</t>
+  </si>
+  <si>
+    <t>[Komagata Maru passengers committee to the Editor, the Daily News Advertiser, Vancouver] (2021_07_4682)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 4</t>
+  </si>
+  <si>
+    <t>Letter from Daljit Singh to Reid re provisions (2021_07_10926)</t>
+  </si>
+  <si>
+    <t>Page 425</t>
+  </si>
+  <si>
+    <t>Letter from H. W. Gwyther, Interpreter, to Malcolm R. J. Reid re Gwyther's visit to the Komagata Maru (2021_07_10924)</t>
+  </si>
+  <si>
+    <t>Page 423</t>
+  </si>
+  <si>
+    <t>Letter from Passengers Committee to Reid re placement in Alberta (2021_07_10925)</t>
+  </si>
+  <si>
+    <t>Page 424</t>
+  </si>
+  <si>
+    <t>Letter from Passengers Committee to Reid re provisions (2021_07_10927)</t>
+  </si>
+  <si>
+    <t>Page 426</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4652)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 2</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4659)</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4624)</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4620)</t>
+  </si>
+  <si>
+    <t>Minutes of a Hindu mass meeting held in Dominion Hall. Page 1-21 (2021_07_9506)</t>
+  </si>
+  <si>
+    <t>Page 238-259</t>
+  </si>
+  <si>
+    <t>[M. Paske Smith, British Consulate, Shimonoseki, to Sir William Conyngham Greene, British Ambassador to Japan, Tokyo. Copy] (2021_07_4949)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 211, No. 332 B</t>
+  </si>
+  <si>
+    <t>Newsclipping - China Press of Shanghai: Gurdit Singh sails on Tuesday with 400 whose entry Dominion opposes (2021_07_5506)</t>
+  </si>
+  <si>
+    <t>The National Archives, United Kingdom. CO 42/979</t>
+  </si>
+  <si>
+    <t>Newsclipping - Conspiracy trial in India (2021_07_10787)</t>
+  </si>
+  <si>
+    <t>Newsclipping: Hindus to try renewal of Canadian invasion (2021_07_10532)</t>
+  </si>
+  <si>
+    <t>US Immigration Department</t>
+  </si>
+  <si>
+    <t>Newsclipping - Komagata Maru leaves for here (2021_07_5055)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Montreal Daily Star: Officials watch Japanese steamer; All precautions taken (2021_07_10426)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Pioneer Mail: Current comments (2021_07_10441)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Pioneer Mail: The Komagata Maru: how the ship was chartered (2021_07_10437)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. Borden Papers</t>
+  </si>
+  <si>
+    <t>Newsclippings - Happily ended; Stevens speaks in defence of Dominion Gov't; Hindus' lawyer had suggestion of settlement (2021_07_10792)</t>
+  </si>
+  <si>
+    <t>Newsclippings - Vancouver Daily Province: Full instructions coming tomorrow; Against alien labor; Sang the doxology when license refused (2021_07_10784)</t>
+  </si>
+  <si>
+    <t>Newsclippings - Vancouver Daily Province: Hindus threw up their hands late today: ready to sail back and renew the fight in India; Found Hindus very active in London; Trouble occurs on Hindu liner (2021_07_5515)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The Budge-Budge riot: coroner's inquest (2021_07_5095)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The Budge-Budge riot: further details (2021_07_5085)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The Budge-Budge riot; Mr. Gurdit Singh's charter (2021_07_5082)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The lesson from Budge-Budge (2021_07_5091)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Japan Gazette: Ship full of Indians for Canada (2021_07_10433)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Two attempts to get the five marooned Hindus back on the Komagata Maru (2021_07_10795)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Extra! Hindus finally replay they are ready to surrender rather than chance a fight (2021_07_5162)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Gurdit Singh decides to quit: will give up contest and go (2021_07_10494)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Gurdit Singh won't pay up: what will Komagata do now? Page 1 (2021_07_10479)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Hindus' ship can not show bill of health (2021_07_5132)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Is bound to feed seditious flames (2021_07_10481)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Lawyers engaged in Hindu tangle. Page 1 (2021_07_10484)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Live and let live (2021_07_10495)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Local Hindus offer the money. Page 1 (2021_07_10483)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Maru slips out of the harbor at the hour set (2021_07_5168)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: [re Gurdit Singh] (2021_07_5512)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: To keep Asiatics out of the Dominion (2021_07_5138)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Would not allow Hindus back on the vessel (2021_07_5153)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: Hindus' case is before Premier. Page 1 (2021_07_10500)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: To finally wind up Komagata Maru case. Page 1 (2021_07_10472)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Bluejackets will board S. S. Komagata (2021_07_5180)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Mutineers prepared to repel boarders with kerosene bombs (2021_07_5183)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Rainbow will escort Komagata to sea (2021_07_5186)</t>
+  </si>
+  <si>
+    <t>Precis [Short precis of Dr. Rughunath Singh's report, by Lieut. Col. D. D. Phillott] (2021_07_4984)</t>
+  </si>
+  <si>
+    <t>Rough notes of incidents re visit to the Maru, an incident at the Sikh Temple and damage to the Sea Lion. Page 1-4 (2021_07_2078)</t>
+  </si>
+  <si>
+    <t>Page 633-636</t>
+  </si>
+  <si>
+    <t>Sikh men and boy onboard the Komagata Maru (2021_05_040)</t>
+  </si>
+  <si>
+    <t>Image of Gurdit Singh (front) and his son Balwant, and other unidentified men aboard the Komagata Maru. To their left are Daljit Singh Kauni, Puran Singh Janetpur, and Baba Garmukh Singh Lalton.</t>
+  </si>
+  <si>
+    <t>So near and yet so far (2021_07_10815)</t>
+  </si>
+  <si>
+    <t>S. S. 'Komagata Maru' (2021_07_10612)</t>
+  </si>
+  <si>
+    <t>City of Vancouver Archives. Item number CVA 7-123</t>
+  </si>
+  <si>
+    <t>Statement to J. E. Bird waiving Boards of Inquiry signed by Gurdit Singh and Passengers Committee (2021_07_10929)</t>
+  </si>
+  <si>
+    <t>Tejpal Singh Sandhu interview (2021_07_915)</t>
+  </si>
+  <si>
+    <t>Tejpal Singh Sandhu speaks about his great-grandfather Baba Gurdit Singh, the Komagata Maru and Budge Budge, and India's independence movement.</t>
+  </si>
+  <si>
+    <t>The Hindustanee. Vol. 1, no. IV (2021_07_2047)</t>
+  </si>
+  <si>
+    <t>Taken from a scrapbook created by Arjan Singh Chand.</t>
+  </si>
+  <si>
+    <t>The Hindustanee. Vol. 1, no. V (2021_07_2069)</t>
+  </si>
+  <si>
+    <t>The Komagata Maru: Voyage of Shattered Dreams (2021_07_10847)</t>
+  </si>
+  <si>
+    <t>This film, produced at the 75th anniversary of the Komgata Maru incident, is hosted by Belle Puri and includes interviews with Dr. D. P. Pandia, Hardial Singh Atwal, Hugh Johnston, Ujjal Dosanjh, Dr. V. Setty Pendakur, Muneshwar Prasad, Mr. Justice Wallace T. Oppal, Gurnam Sanghera, and Anjali Atal.</t>
+  </si>
+  <si>
+    <t>The story of the Komagata Maru or Komagata Maru: One hundred years later (2021_07_10856)</t>
+  </si>
+  <si>
+    <t>OMNI News Punjabi Reporter Baldeep Singh Jhand tells the story of one of the darkest chapters in Canadian and Vancouver history; the Komagata Maru incident of 1914. In this five-part feature, Jhand weaves through the many layers of this complex story using interviews, dramatizations and voice overs to provide insight and details that many have been unaware of. The interviewees include Hugh Johnston (historian), Sohan Pooni (historian), Tejpal Sandhu (great grandson of Gurdit Singh), Jaswinder Toor (Komagata Maru descendant), the late Jack Uppal (early pioneer), Raj Toor (Komagata Maru descendant), Bakbir Kaur Sandhu (Gurdit Singh descendant). Part 1 - 00:00:01-00:10:35; Part 2 - 00:10:36-00:19:15; Part 3 - 00:19:16-00:28:00; Part 4 - 00:28:01-00:38:50; Part 5 - 00:38:51-00:49:07</t>
+  </si>
+  <si>
+    <t>The Voyage of the Komagata Maru: The Sikh Challenge to Canada's Colour Bar (2021_07_10930)</t>
+  </si>
+  <si>
+    <t>Hugh Johnston provided the first thoroughly researched study of the Komagata Maru event, basing his analysis on official accounts from both Canadian and Indian sources, as well as on the reminiscences of the only passenger still alive at the time the book was written. This book is still the landmark text on the Komagata Maru and diligently outlines the life for Indians at the turn of the 20th century, the reasons for chartering the Komagata Maru, revolutionary movements in North America, the riot at Budge Budge and the lives of many of the key players after the events of the Komagata Maru.</t>
+  </si>
+  <si>
+    <t>[Translation of a letter from Nanak Singh to Duleep Singh, and from Harnam Singh to Duleep Singh] (2021_07_10378)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, No. 332 B, vol. 1 (a)</t>
+  </si>
+  <si>
+    <t>Voyage of Komagatamaru or India's Slavery Abroad (2021_07_8343)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4641)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4678)</t>
+  </si>
+  <si>
+    <t>[William D. Scott, Superintendent of Immigration, Memorandum to Mr. Mitchell] (2021_07_4630)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 1</t>
+  </si>
+  <si>
+    <t>[William D. Scott, Superintendent of Immigration, Memorandum to William W. Cory, Deputy Minister of the Interior] (2021_07_4634)</t>
+  </si>
+  <si>
     <t>W. Peter Ward interview (2021_07_886)</t>
   </si>
   <si>
     <t>Dr. W. Peter Ward speaks about the Komagata Maru incident and more general issues around immigration and discrimination.</t>
-  </si>
-[...532 lines deleted...]
-    <t>National Archives and Records Administration. Central Decimal File (CDF), 1910-1929; Decimal number 800.8890/71, box 7271; General Records of the Department of State, Record Group 59; National Archives II, College Park, MD:250/23/26/01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -631,3423 +631,3423 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7001.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75935_ca_object_representations_media_3954_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30438_ca_object_representations_media_3955_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29789_ca_object_representations_media_3956_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_ca_object_representations_media_3965_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91125_ca_object_representations_media_4157_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19982_ca_object_representations_media_3228_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14301_ca_object_representations_media_4344_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95122_ca_object_representations_media_3641_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43497_ca_object_representations_media_3639_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71809_ca_object_representations_media_4349_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41894_ca_object_representations_media_3058_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94512_ca_object_representations_media_3090_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4820_ca_object_representations_media_513_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25271_ca_object_representations_media_3643_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53473_ca_object_representations_media_4030_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/documentIcon70020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51040_ca_object_representations_media_4083_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97424_ca_object_representations_media_4082_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59680_ca_object_representations_media_3324_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58182_ca_object_representations_media_3353_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14404_ca_object_representations_media_4073_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89153_ca_object_representations_media_4068_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19587_ca_object_representations_media_4128_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75183_ca_object_representations_media_4078_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3649_ca_object_representations_media_3336_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64741_ca_object_representations_media_3348_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9774_ca_object_representations_media_3337_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12648_ca_object_representations_media_3334_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84290_ca_object_representations_media_4066_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35190_ca_object_representations_media_3347_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63937_ca_object_representations_media_3331_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73651_ca_object_representations_media_4076_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20816_ca_object_representations_media_3565_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35102_ca_object_representations_media_3285_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91351_ca_object_representations_media_4053_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81686_ca_object_representations_media_4050_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87262_ca_object_representations_media_4051_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72796_ca_object_representations_media_4054_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61653_ca_object_representations_media_4129_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48919_ca_object_representations_media_3554_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17594_ca_object_representations_media_3562_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8653_ca_object_representations_media_3289_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55611_ca_object_representations_media_3293_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37694_ca_object_representations_media_3277_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73508_ca_object_representations_media_4042_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29953_ca_object_representations_media_3378_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67657_ca_object_representations_media_3557_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85542_ca_object_representations_media_4126_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77201_ca_object_representations_media_4022_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47420_ca_object_representations_media_4202_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31714_ca_object_representations_media_3958_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51051_ca_object_representations_media_3960_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69688_ca_object_representations_media_3952_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70604_ca_object_representations_media_4348_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_4351_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75194_ca_object_representations_media_4352_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97620_ca_object_representations_media_4350_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95871_ca_object_representations_media_3966_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21287_ca_object_representations_media_3131_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8213_ca_object_representations_media_3592_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21371_ca_object_representations_media_3621_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19747_ca_object_representations_media_4029_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11757_ca_object_representations_media_4035_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72169_ca_object_representations_media_4109_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55676_ca_object_representations_media_3180_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43162_ca_object_representations_media_2977_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14664_ca_object_representations_media_3941_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532_ca_object_representations_media_3650_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2217_ca_object_representations_media_3957_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63456_ca_object_representations_media_3950_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27112_ca_object_representations_media_3980_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20708_ca_object_representations_media_4088_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90818_ca_object_representations_media_4347_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17005_ca_object_representations_media_3770_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42458_ca_object_representations_media_4028_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41557_ca_object_representations_media_3502_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5043_ca_object_representations_media_4199_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22193_ca_object_representations_media_3674_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85193_ca_object_representations_media_3478_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41000_ca_object_representations_media_3645_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_ca_object_representations_media_3468_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45375_ca_object_representations_media_3429_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29162_ca_object_representations_media_3438_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85258_ca_object_representations_media_3431_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3410_ca_object_representations_media_4196_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55055_ca_object_representations_media_3668_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74742_ca_object_representations_media_3669_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85257_ca_object_representations_media_3421_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53264_ca_object_representations_media_3773_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53056_ca_object_representations_media_4149_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6648_ca_object_representations_media_4198_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65141_ca_object_representations_media_3425_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56051_ca_object_representations_media_3436_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89166_ca_object_representations_media_3423_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85713_ca_object_representations_media_3435_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66926_ca_object_representations_media_3427_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31670_ca_object_representations_media_3477_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199_ca_object_representations_media_3467_large104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66618_ca_object_representations_media_3499_large105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98138_ca_object_representations_media_3497_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52033_ca_object_representations_media_3528_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69412_ca_object_representations_media_3501_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123_ca_object_representations_media_3462_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27827_ca_object_representations_media_3949_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86512_ca_object_representations_media_4143_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96705_ca_object_representations_media_3943_large113.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96705_ca_object_representations_media_3943_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86512_ca_object_representations_media_4143_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27827_ca_object_representations_media_3949_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123_ca_object_representations_media_3462_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69412_ca_object_representations_media_3501_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52033_ca_object_representations_media_3528_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98138_ca_object_representations_media_3497_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199_ca_object_representations_media_3467_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66618_ca_object_representations_media_3499_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31670_ca_object_representations_media_3477_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66926_ca_object_representations_media_3427_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85713_ca_object_representations_media_3435_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89166_ca_object_representations_media_3423_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56051_ca_object_representations_media_3436_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65141_ca_object_representations_media_3425_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6648_ca_object_representations_media_4198_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53056_ca_object_representations_media_4149_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53264_ca_object_representations_media_3773_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85257_ca_object_representations_media_3421_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74742_ca_object_representations_media_3669_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3410_ca_object_representations_media_4196_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55055_ca_object_representations_media_3668_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85258_ca_object_representations_media_3431_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29162_ca_object_representations_media_3438_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45375_ca_object_representations_media_3429_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_ca_object_representations_media_3468_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41000_ca_object_representations_media_3645_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85193_ca_object_representations_media_3478_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22193_ca_object_representations_media_3674_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5043_ca_object_representations_media_4199_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41557_ca_object_representations_media_3502_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42458_ca_object_representations_media_4028_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17005_ca_object_representations_media_3770_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90818_ca_object_representations_media_4347_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20708_ca_object_representations_media_4088_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2217_ca_object_representations_media_3957_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63456_ca_object_representations_media_3950_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27112_ca_object_representations_media_3980_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532_ca_object_representations_media_3650_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14664_ca_object_representations_media_3941_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43162_ca_object_representations_media_2977_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55676_ca_object_representations_media_3180_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72169_ca_object_representations_media_4109_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11757_ca_object_representations_media_4035_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19747_ca_object_representations_media_4029_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8213_ca_object_representations_media_3592_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21371_ca_object_representations_media_3621_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21287_ca_object_representations_media_3131_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95871_ca_object_representations_media_3966_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97620_ca_object_representations_media_4350_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75194_ca_object_representations_media_4352_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_4351_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70604_ca_object_representations_media_4348_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31714_ca_object_representations_media_3958_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51051_ca_object_representations_media_3960_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69688_ca_object_representations_media_3952_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47420_ca_object_representations_media_4202_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77201_ca_object_representations_media_4022_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85542_ca_object_representations_media_4126_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67657_ca_object_representations_media_3557_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29953_ca_object_representations_media_3378_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73508_ca_object_representations_media_4042_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37694_ca_object_representations_media_3277_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55611_ca_object_representations_media_3293_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8653_ca_object_representations_media_3289_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17594_ca_object_representations_media_3562_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48919_ca_object_representations_media_3554_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61653_ca_object_representations_media_4129_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72796_ca_object_representations_media_4054_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87262_ca_object_representations_media_4051_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81686_ca_object_representations_media_4050_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91351_ca_object_representations_media_4053_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35102_ca_object_representations_media_3285_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20816_ca_object_representations_media_3565_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73651_ca_object_representations_media_4076_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35190_ca_object_representations_media_3347_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63937_ca_object_representations_media_3331_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84290_ca_object_representations_media_4066_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12648_ca_object_representations_media_3334_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9774_ca_object_representations_media_3337_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64741_ca_object_representations_media_3348_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3649_ca_object_representations_media_3336_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75183_ca_object_representations_media_4078_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19587_ca_object_representations_media_4128_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89153_ca_object_representations_media_4068_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14404_ca_object_representations_media_4073_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58182_ca_object_representations_media_3353_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59680_ca_object_representations_media_3324_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97424_ca_object_representations_media_4082_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51040_ca_object_representations_media_4083_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/documentIcon70094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53473_ca_object_representations_media_4030_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25271_ca_object_representations_media_3643_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4820_ca_object_representations_media_513_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94512_ca_object_representations_media_3090_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41894_ca_object_representations_media_3058_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71809_ca_object_representations_media_4349_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43497_ca_object_representations_media_3639_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95122_ca_object_representations_media_3641_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14301_ca_object_representations_media_4344_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19982_ca_object_representations_media_3228_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91125_ca_object_representations_media_4157_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29789_ca_object_representations_media_3956_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_ca_object_representations_media_3965_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75935_ca_object_representations_media_3954_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30438_ca_object_representations_media_3955_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700113.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8943975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12773025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10696575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10877550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10982325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10820400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9782175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10858500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10363200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5286375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10277475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="3333750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
-[...23 lines deleted...]
-      <xdr:row>2</xdr:row>
+        <xdr:cNvPr id="45" name="imageA46" descr="imageA46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9077325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="imageA47" descr="imageA47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10239375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="imageA48" descr="imageA48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="imageA49" descr="imageA49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="imageA50" descr="imageA50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4781550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="imageA51" descr="imageA51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="imageA52" descr="imageA52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="imageA53" descr="imageA53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="imageA54" descr="imageA54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="imageA55" descr="imageA55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="imageA56" descr="imageA56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10534650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
-[...23 lines deleted...]
-      <xdr:row>3</xdr:row>
+        <xdr:cNvPr id="56" name="imageA57" descr="imageA57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="imageA58" descr="imageA58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10534650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
-[...23 lines deleted...]
-      <xdr:row>4</xdr:row>
+        <xdr:cNvPr id="58" name="imageA59" descr="imageA59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10534650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
-[...23 lines deleted...]
-      <xdr:row>5</xdr:row>
+        <xdr:cNvPr id="59" name="imageA60" descr="imageA60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="imageA61" descr="imageA61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10982325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="imageA62" descr="imageA62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="imageA63" descr="imageA63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="imageA64" descr="imageA64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="imageA65" descr="imageA65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9801225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="imageA66" descr="imageA66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9801225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="imageA67" descr="imageA67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9715500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="imageA68" descr="imageA68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9848850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="imageA69" descr="imageA69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="imageA70" descr="imageA70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11325225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="imageA71" descr="imageA71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="imageA72" descr="imageA72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9791700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="imageA73" descr="imageA73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="imageA74" descr="imageA74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9753600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="imageA75" descr="imageA75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9763125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="imageA76" descr="imageA76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10544175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="imageA77" descr="imageA77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="25126950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="imageA78" descr="imageA78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8810625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="imageA79" descr="imageA79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="imageA80" descr="imageA80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="imageA81" descr="imageA81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="imageA82" descr="imageA82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="imageA83" descr="imageA83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="imageA84" descr="imageA84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="imageA85" descr="imageA85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="imageA86" descr="imageA86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="imageA87" descr="imageA87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="imageA88" descr="imageA88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="35909250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="imageA89" descr="imageA89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="20764500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="imageA90" descr="imageA90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="27879675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="imageA91" descr="imageA91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="17002125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="imageA92" descr="imageA92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="imageA93" descr="imageA93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8239125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="imageA94" descr="imageA94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="imageA95" descr="imageA95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9648825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="imageA96" descr="imageA96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8286750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="imageA97" descr="imageA97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5343525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="imageA98" descr="imageA98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5172075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="imageA99" descr="imageA99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3914775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="imageA100" descr="imageA100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="imageA101" descr="imageA101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="imageA102" descr="imageA102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10172700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="imageA103" descr="imageA103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10172700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="imageA104" descr="imageA104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="imageA105" descr="imageA105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="imageA106" descr="imageA106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10610850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="imageA107" descr="imageA107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8905875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="imageA108" descr="imageA108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8210550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="imageA109" descr="imageA109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="imageA110" descr="imageA110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10629900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
-[...113 lines deleted...]
-      <xdr:row>9</xdr:row>
+        <xdr:cNvPr id="110" name="imageA111" descr="imageA111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="imageA112" descr="imageA112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="imageA113" descr="imageA113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="3333750"/>
-    <xdr:pic>
-[...3118 lines deleted...]
-    <xdr:ext cx="6667500" cy="10934700"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="imageA114" descr="imageA114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -4373,957 +4373,957 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="0">
+    <row r="2" spans="1:26" customHeight="1" ht="976">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="940">
+    <row r="3" spans="1:26" customHeight="1" ht="799">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
-      <c r="C3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:26" customHeight="1" ht="940">
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="1140">
       <c r="A4"/>
       <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
         <v>8</v>
       </c>
-      <c r="C4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:26" customHeight="1" ht="940">
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="954">
       <c r="A5"/>
       <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>10</v>
       </c>
-      <c r="C5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:26" customHeight="1" ht="948">
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="967">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="733">
+    <row r="7" spans="1:26" customHeight="1" ht="961">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="8" spans="1:26" customHeight="1" ht="794">
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" customHeight="1" ht="963">
       <c r="A8"/>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:26" customHeight="1" ht="946">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="963">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:26" customHeight="1" ht="0">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="958">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:26" customHeight="1" ht="0">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="971">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:26" customHeight="1" ht="907">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="964">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C12" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:26" customHeight="1" ht="907">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="956">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:26" customHeight="1" ht="0">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="961">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:26" customHeight="1" ht="976">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="964">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:26" customHeight="1" ht="349">
+        <v>29</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="964">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:26" customHeight="1" ht="461">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="962">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:26" customHeight="1" ht="476">
+        <v>33</v>
+      </c>
+      <c r="C17" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="961">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:26" customHeight="1" ht="740">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="963">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:26" customHeight="1" ht="861">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="980">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:26" customHeight="1" ht="0">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="963">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:26" customHeight="1" ht="736">
+        <v>41</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="964">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:26" customHeight="1" ht="595">
+        <v>43</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="964">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:26" customHeight="1" ht="1517">
+        <v>45</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="964">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:26" customHeight="1" ht="2488">
+        <v>47</v>
+      </c>
+      <c r="C24" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="959">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:26" customHeight="1" ht="1853">
+        <v>49</v>
+      </c>
+      <c r="C25" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="967">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:26" customHeight="1" ht="3204">
+        <v>51</v>
+      </c>
+      <c r="C26" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="958">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:26" customHeight="1" ht="864">
+        <v>53</v>
+      </c>
+      <c r="C27" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="962">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C28" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:26" customHeight="1" ht="918">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="961">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:26" customHeight="1" ht="918">
+        <v>57</v>
+      </c>
+      <c r="C29" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="962">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:26" customHeight="1" ht="918">
+        <v>59</v>
+      </c>
+      <c r="C30" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="976">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:26" customHeight="1" ht="918">
+        <v>61</v>
+      </c>
+      <c r="C31" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="959">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:26" customHeight="1" ht="918">
+        <v>63</v>
+      </c>
+      <c r="C32" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="966">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:26" customHeight="1" ht="918">
+        <v>65</v>
+      </c>
+      <c r="C33" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="872">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:26" customHeight="1" ht="918">
+        <v>67</v>
+      </c>
+      <c r="C34" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="969">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:26" customHeight="1" ht="918">
+        <v>69</v>
+      </c>
+      <c r="C35" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="770">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:26" customHeight="1" ht="787">
+        <v>71</v>
+      </c>
+      <c r="C36" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="948">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:26" customHeight="1" ht="2243">
+        <v>73</v>
+      </c>
+      <c r="C37" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="940">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:26" customHeight="1" ht="941">
+        <v>75</v>
+      </c>
+      <c r="C38" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="925">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="C39" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:26" customHeight="1" ht="872">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="975">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:26" customHeight="1" ht="870">
+        <v>79</v>
+      </c>
+      <c r="C40" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="958">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:26" customHeight="1" ht="864">
+        <v>81</v>
+      </c>
+      <c r="C41" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="976">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:26" customHeight="1" ht="873">
+        <v>83</v>
+      </c>
+      <c r="C42" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" customHeight="1" ht="471">
       <c r="A43"/>
       <c r="B43" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:26" customHeight="1" ht="864">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" customHeight="1" ht="948">
       <c r="A44"/>
       <c r="B44" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="C44" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:26" customHeight="1" ht="1010">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" customHeight="1" ht="917">
       <c r="A45"/>
       <c r="B45" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:26" customHeight="1" ht="956">
+        <v>88</v>
+      </c>
+      <c r="C45" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" customHeight="1" ht="0">
       <c r="A46"/>
       <c r="B46" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:26" customHeight="1" ht="878">
+        <v>90</v>
+      </c>
+      <c r="C46" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" customHeight="1" ht="810">
       <c r="A47"/>
       <c r="B47" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="C47" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:26" customHeight="1" ht="867">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" customHeight="1" ht="913">
       <c r="A48"/>
       <c r="B48" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:26" customHeight="1" ht="875">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" customHeight="1" ht="958">
       <c r="A49"/>
       <c r="B49" t="s">
-        <v>68</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:26" customHeight="1" ht="875">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" customHeight="1" ht="958">
       <c r="A50"/>
       <c r="B50" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:26" customHeight="1" ht="864">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" customHeight="1" ht="426">
       <c r="A51"/>
       <c r="B51" t="s">
-        <v>71</v>
+        <v>97</v>
       </c>
       <c r="C51" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:26" customHeight="1" ht="772">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" customHeight="1" ht="948">
       <c r="A52"/>
       <c r="B52" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:26" customHeight="1" ht="864">
+        <v>99</v>
+      </c>
+      <c r="C52" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" customHeight="1" ht="962">
       <c r="A53"/>
       <c r="B53" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="C53" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:26" customHeight="1" ht="980">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" customHeight="1" ht="963">
       <c r="A54"/>
       <c r="B54" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="C54" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:26" customHeight="1" ht="967">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" customHeight="1" ht="959">
       <c r="A55"/>
       <c r="B55" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="C55" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:26" customHeight="1" ht="940">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" customHeight="1" ht="959">
       <c r="A56"/>
       <c r="B56" t="s">
-        <v>77</v>
+        <v>107</v>
       </c>
       <c r="C56" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:26" customHeight="1" ht="948">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" customHeight="1" ht="940">
       <c r="A57"/>
       <c r="B57" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="C57" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:26" customHeight="1" ht="940">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" customHeight="1" ht="948">
       <c r="A58"/>
       <c r="B58" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="C58" t="s">
-        <v>9</v>
+        <v>84</v>
       </c>
     </row>
     <row r="59" spans="1:26" customHeight="1" ht="940">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="C59" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:26" customHeight="1" ht="959">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" customHeight="1" ht="940">
       <c r="A60"/>
       <c r="B60" t="s">
-        <v>81</v>
+        <v>113</v>
       </c>
       <c r="C60" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:26" customHeight="1" ht="959">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26" customHeight="1" ht="967">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>83</v>
+        <v>114</v>
       </c>
       <c r="C61" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:26" customHeight="1" ht="963">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26" customHeight="1" ht="980">
       <c r="A62"/>
       <c r="B62" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="C62" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:26" customHeight="1" ht="962">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" customHeight="1" ht="864">
       <c r="A63"/>
       <c r="B63" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
       <c r="C63" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:26" customHeight="1" ht="948">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" customHeight="1" ht="772">
       <c r="A64"/>
       <c r="B64" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:26" customHeight="1" ht="426">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26" customHeight="1" ht="864">
       <c r="A65"/>
       <c r="B65" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="C65" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:26" customHeight="1" ht="958">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="66" spans="1:26" customHeight="1" ht="875">
       <c r="A66"/>
       <c r="B66" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:26" customHeight="1" ht="958">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="67" spans="1:26" customHeight="1" ht="875">
       <c r="A67"/>
       <c r="B67" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:26" customHeight="1" ht="913">
+        <v>124</v>
+      </c>
+      <c r="C67" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="68" spans="1:26" customHeight="1" ht="867">
       <c r="A68"/>
       <c r="B68" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:26" customHeight="1" ht="810">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26" customHeight="1" ht="878">
       <c r="A69"/>
       <c r="B69" t="s">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="C69" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:26" customHeight="1" ht="0">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26" customHeight="1" ht="956">
       <c r="A70"/>
       <c r="B70" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:26" customHeight="1" ht="917">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26" customHeight="1" ht="1010">
       <c r="A71"/>
       <c r="B71" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-    <row r="72" spans="1:26" customHeight="1" ht="948">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" customHeight="1" ht="864">
       <c r="A72"/>
       <c r="B72" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="C72" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:26" customHeight="1" ht="471">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26" customHeight="1" ht="873">
       <c r="A73"/>
       <c r="B73" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:26" customHeight="1" ht="976">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26" customHeight="1" ht="864">
       <c r="A74"/>
       <c r="B74" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:26" customHeight="1" ht="958">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26" customHeight="1" ht="870">
       <c r="A75"/>
       <c r="B75" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:26" customHeight="1" ht="940">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="76" spans="1:26" customHeight="1" ht="872">
       <c r="A76"/>
       <c r="B76" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:26" customHeight="1" ht="925">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26" customHeight="1" ht="941">
       <c r="A77"/>
       <c r="B77" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="C77" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:26" customHeight="1" ht="975">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26" customHeight="1" ht="2243">
       <c r="A78"/>
       <c r="B78" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:26" customHeight="1" ht="948">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26" customHeight="1" ht="787">
       <c r="A79"/>
       <c r="B79" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-    <row r="80" spans="1:26" customHeight="1" ht="770">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26" customHeight="1" ht="918">
       <c r="A80"/>
       <c r="B80" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-    <row r="81" spans="1:26" customHeight="1" ht="969">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26" customHeight="1" ht="918">
       <c r="A81"/>
       <c r="B81" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-    <row r="82" spans="1:26" customHeight="1" ht="872">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26" customHeight="1" ht="918">
       <c r="A82"/>
       <c r="B82" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-    <row r="83" spans="1:26" customHeight="1" ht="966">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26" customHeight="1" ht="918">
       <c r="A83"/>
       <c r="B83" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-    <row r="84" spans="1:26" customHeight="1" ht="959">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" customHeight="1" ht="918">
       <c r="A84"/>
       <c r="B84" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-    <row r="85" spans="1:26" customHeight="1" ht="976">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26" customHeight="1" ht="918">
       <c r="A85"/>
       <c r="B85" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-    <row r="86" spans="1:26" customHeight="1" ht="962">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26" customHeight="1" ht="918">
       <c r="A86"/>
       <c r="B86" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-    <row r="87" spans="1:26" customHeight="1" ht="961">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" customHeight="1" ht="918">
       <c r="A87"/>
       <c r="B87" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-    <row r="88" spans="1:26" customHeight="1" ht="962">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" customHeight="1" ht="864">
       <c r="A88"/>
       <c r="B88" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="C88" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:26" customHeight="1" ht="958">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" customHeight="1" ht="3204">
       <c r="A89"/>
       <c r="B89" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-    <row r="90" spans="1:26" customHeight="1" ht="967">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" customHeight="1" ht="1853">
       <c r="A90"/>
       <c r="B90" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-    <row r="91" spans="1:26" customHeight="1" ht="959">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" customHeight="1" ht="2488">
       <c r="A91"/>
       <c r="B91" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-    <row r="92" spans="1:26" customHeight="1" ht="964">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26" customHeight="1" ht="1517">
       <c r="A92"/>
       <c r="B92" t="s">
-        <v>139</v>
-[...5 lines deleted...]
-    <row r="93" spans="1:26" customHeight="1" ht="964">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26" customHeight="1" ht="595">
       <c r="A93"/>
       <c r="B93" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-    <row r="94" spans="1:26" customHeight="1" ht="964">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26" customHeight="1" ht="736">
       <c r="A94"/>
       <c r="B94" t="s">
-        <v>143</v>
-[...5 lines deleted...]
-    <row r="95" spans="1:26" customHeight="1" ht="963">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26" customHeight="1" ht="0">
       <c r="A95"/>
       <c r="B95" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-    <row r="96" spans="1:26" customHeight="1" ht="980">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26" customHeight="1" ht="861">
       <c r="A96"/>
       <c r="B96" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C96" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:26" customHeight="1" ht="963">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26" customHeight="1" ht="740">
       <c r="A97"/>
       <c r="B97" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C97" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:26" customHeight="1" ht="961">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26" customHeight="1" ht="476">
       <c r="A98"/>
       <c r="B98" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="C98" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:26" customHeight="1" ht="962">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26" customHeight="1" ht="461">
       <c r="A99"/>
       <c r="B99" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-    <row r="100" spans="1:26" customHeight="1" ht="964">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26" customHeight="1" ht="349">
       <c r="A100"/>
       <c r="B100" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C100" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:26" customHeight="1" ht="964">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26" customHeight="1" ht="976">
       <c r="A101"/>
       <c r="B101" t="s">
-        <v>157</v>
-[...5 lines deleted...]
-    <row r="102" spans="1:26" customHeight="1" ht="961">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26" customHeight="1" ht="0">
       <c r="A102"/>
       <c r="B102" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C102" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:26" customHeight="1" ht="956">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26" customHeight="1" ht="907">
       <c r="A103"/>
       <c r="B103" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C103" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:26" customHeight="1" ht="964">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26" customHeight="1" ht="907">
       <c r="A104"/>
       <c r="B104" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C104" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:26" customHeight="1" ht="958">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26" customHeight="1" ht="0">
       <c r="A105"/>
       <c r="B105" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C105" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:26" customHeight="1" ht="971">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26" customHeight="1" ht="0">
       <c r="A106"/>
       <c r="B106" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C106" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:26" customHeight="1" ht="963">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26" customHeight="1" ht="946">
       <c r="A107"/>
       <c r="B107" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C107" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:26" customHeight="1" ht="963">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26" customHeight="1" ht="794">
       <c r="A108"/>
       <c r="B108" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C108" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:26" customHeight="1" ht="961">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" customHeight="1" ht="733">
       <c r="A109"/>
       <c r="B109" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-    <row r="110" spans="1:26" customHeight="1" ht="967">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26" customHeight="1" ht="940">
       <c r="A110"/>
       <c r="B110" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C110" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:26" customHeight="1" ht="954">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26" customHeight="1" ht="948">
       <c r="A111"/>
       <c r="B111" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C111" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:26" customHeight="1" ht="1140">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26" customHeight="1" ht="940">
       <c r="A112"/>
       <c r="B112" t="s">
         <v>179</v>
       </c>
       <c r="C112" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="113" spans="1:26" customHeight="1" ht="799">
+    <row r="113" spans="1:26" customHeight="1" ht="940">
       <c r="A113"/>
       <c r="B113" t="s">
         <v>181</v>
       </c>
-    </row>
-    <row r="114" spans="1:26" customHeight="1" ht="976">
+      <c r="C113" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26" customHeight="1" ht="0">
       <c r="A114"/>
       <c r="B114" t="s">
         <v>182</v>
       </c>
       <c r="C114" t="s">
         <v>183</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 