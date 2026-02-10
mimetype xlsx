--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -28,588 +28,588 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>Sikh men and boy onboard the Komagata Maru (2021_05_040)</t>
+  </si>
+  <si>
+    <t>Image of Gurdit Singh (front) and his son Balwant, and other unidentified men aboard the Komagata Maru. To their left are Daljit Singh Kauni, Puran Singh Janetpur, and Baba Garmukh Singh Lalton.</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re inadvisability of use of force. Page 1-2 (2021_07_3)</t>
+  </si>
+  <si>
+    <t>Page 355-356</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re Japanese insistence that they had no connection with the enterprise, and enclosing correspondence re recent incidents. Page 1-5 (2021_07_298)</t>
+  </si>
+  <si>
+    <t>Page 381-385</t>
+  </si>
+  <si>
+    <t>[Correspondence re recent incidents (see pp. 381-385)] Page 1-3 (2021_07_320)</t>
+  </si>
+  <si>
+    <t>Page 386-406</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re activities of J. E. Bird. Page 1-3 (2021_07_324)</t>
+  </si>
+  <si>
+    <t>Page 409-411</t>
+  </si>
+  <si>
+    <t>[Copy of letters enclosed with pp. 409-411 - letter from Reid to W. D. Scott re activities of J. E. Bird] (2021_07_604)</t>
+  </si>
+  <si>
+    <t>Page 412-413</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott enclosing recent correspondence. Page 1-2 (2021_07_681)</t>
+  </si>
+  <si>
+    <t>Page 420-421</t>
+  </si>
+  <si>
+    <t>W. Peter Ward interview (2021_07_886)</t>
+  </si>
+  <si>
+    <t>Dr. W. Peter Ward speaks about the Komagata Maru incident and more general issues around immigration and discrimination.</t>
+  </si>
+  <si>
+    <t>Tejpal Singh Sandhu interview (2021_07_915)</t>
+  </si>
+  <si>
+    <t>Tejpal Singh Sandhu speaks about his great-grandfather Baba Gurdit Singh, the Komagata Maru and Budge Budge, and India's independence movement.</t>
+  </si>
+  <si>
+    <t>Kamagata Maru (full play) (2021_07_1495)</t>
+  </si>
+  <si>
+    <t>Kamagata Maru (full play) (2021_07_1878)</t>
+  </si>
+  <si>
+    <t>The Hindustanee. Vol. 1, no. IV (2021_07_2047)</t>
+  </si>
+  <si>
+    <t>Taken from a scrapbook created by Arjan Singh Chand.</t>
+  </si>
+  <si>
+    <t>The Hindustanee. Vol. 1, no. V (2021_07_2069)</t>
+  </si>
+  <si>
+    <t>Rough notes of incidents re visit to the Maru, an incident at the Sikh Temple and damage to the Sea Lion. Page 1-4 (2021_07_2078)</t>
+  </si>
+  <si>
+    <t>Page 633-636</t>
+  </si>
+  <si>
+    <t>Copy of letter from R. L. Reid, Agent for the Minister of Justice, to W. D. Scott re procedure of the Boards of Enquiry, and the conduct of the officers of the Immigration Department. Page 1-6 (2021_07_2234)</t>
+  </si>
+  <si>
+    <t>Page 637-642</t>
+  </si>
+  <si>
+    <t>From the Second Echo of the Ghaddar (see p. 650). Page 1-3. Includes the message of the passengers of the Komagata Maru to their countrymen (2021_07_2300)</t>
+  </si>
+  <si>
+    <t>Page 651-655</t>
+  </si>
+  <si>
+    <t>Government form of time charter-party, Hong Kong [Agreement between A. Bune, Agent for the Owners of the Komagata Maru, and Gurdit Singh, charterer] (2021_07_4568)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 3</t>
+  </si>
+  <si>
     <t>[American Consul General, Shanghai, to William J. Bryan, Secretary of State, Washington] (2021_07_4585)</t>
   </si>
   <si>
     <t>National Archives and Records Administration. Central Decimal File (CDF), 1910-1929; Decimal number 800.8890/71, box 7271; General Records of the Department of State, Record Group 59; National Archives II, College Park, MD:250/23/26/01</t>
   </si>
   <si>
+    <t>[Charles Gardner Johnson, Shipping Agent, Vancouver, to Y. Sato &amp; Co., Kobe, Japan. Copy] (2021_07_4607)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 877545, pt. 3</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4611)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G021, Vol. 211, File 332 B</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4620)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 2</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4624)</t>
+  </si>
+  <si>
+    <t>[William D. Scott, Superintendent of Immigration, Memorandum to Mr. Mitchell] (2021_07_4630)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 1</t>
+  </si>
+  <si>
+    <t>[William D. Scott, Superintendent of Immigration, Memorandum to William W. Cory, Deputy Minister of the Interior] (2021_07_4634)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4641)</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4648)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 211, File 332 B</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4652)</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4659)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4678)</t>
+  </si>
+  <si>
+    <t>[Komagata Maru passengers committee to the Editor, the Daily News Advertiser, Vancouver] (2021_07_4682)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 4</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4755)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, File 879545, pt. 5</t>
+  </si>
+  <si>
+    <t>[M. Paske Smith, British Consulate, Shimonoseki, to Sir William Conyngham Greene, British Ambassador to Japan, Tokyo. Copy] (2021_07_4949)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 211, No. 332 B</t>
+  </si>
+  <si>
+    <t>Copy of paragraph 14 of the Confidential Weekly Diary for the week ending the 13th June 1914 of the Superintendent of Police, Lahore (2021_07_4978)</t>
+  </si>
+  <si>
+    <t>The National Archives. CO 42/985</t>
+  </si>
+  <si>
+    <t>[J. A. Cote, Acting Deputy Minister of the Interior, to Sir Joseph Pope. Under-Secretary of State for External Affairs, enclosing Memorandum from E. Blake Robertson, Assistant Superintendent of Immigration, to Cote] (2021_07_4981)</t>
+  </si>
+  <si>
+    <t>Precis [Short precis of Dr. Rughunath Singh's report, by Lieut. Col. D. D. Phillott] (2021_07_4984)</t>
+  </si>
+  <si>
+    <t>[H. Wheeler, Secretary to the Government of India, to T. W. Holderness, Under-Secretary of State for India] (2021_07_5034)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 602, File 879545, pt. 6. Handwritten transcript</t>
+  </si>
+  <si>
+    <t>Newsclipping - Komagata Maru leaves for here (2021_07_5055)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The Budge-Budge riot; Mr. Gurdit Singh's charter (2021_07_5082)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The Budge-Budge riot: further details (2021_07_5085)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The lesson from Budge-Budge (2021_07_5091)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: The Budge-Budge riot: coroner's inquest (2021_07_5095)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Hindus' ship can not show bill of health (2021_07_5132)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: To keep Asiatics out of the Dominion (2021_07_5138)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Would not allow Hindus back on the vessel (2021_07_5153)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Extra! Hindus finally replay they are ready to surrender rather than chance a fight (2021_07_5162)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Maru slips out of the harbor at the hour set (2021_07_5168)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Bluejackets will board S. S. Komagata (2021_07_5180)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Mutineers prepared to repel boarders with kerosene bombs (2021_07_5183)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver World: Rainbow will escort Komagata to sea (2021_07_5186)</t>
+  </si>
+  <si>
+    <t>Extract from W. C. Hopkinson to Malcolm R. J. Reid (2021_07_5199)</t>
+  </si>
+  <si>
+    <t>Page 386-388</t>
+  </si>
+  <si>
+    <t>[Herbert C. Clogstoun, Special Commissioner. Report to Dr. William J. Roche, Minister of the Interior, on Mission to Vancouver re PC 1265 of 2 June, 1915, with respect to Komagata Maru] (2021_07_5377)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. Borden Papers, 17838-17869, 17973-17978</t>
+  </si>
+  <si>
+    <t>Newsclipping - China Press of Shanghai: Gurdit Singh sails on Tuesday with 400 whose entry Dominion opposes (2021_07_5506)</t>
+  </si>
+  <si>
+    <t>The National Archives, United Kingdom. CO 42/979</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: [re Gurdit Singh] (2021_07_5512)</t>
+  </si>
+  <si>
+    <t>Newsclippings - Vancouver Daily Province: Hindus threw up their hands late today: ready to sail back and renew the fight in India; Found Hindus very active in London; Trouble occurs on Hindu liner (2021_07_5515)</t>
+  </si>
+  <si>
     <t>Canadian Sikhs (Part One) and Komagata Maru Massacre (2021_07_6295)</t>
   </si>
   <si>
-    <t>[Charles Gardner Johnson, Shipping Agent, Vancouver, to Y. Sato &amp; Co., Kobe, Japan. Copy] (2021_07_4607)</t>
-[...2 lines deleted...]
-    <t>Library and Archives Canada. RG76, Vol. 601, File 877545, pt. 3</t>
+    <t>Voyage of Komagatamaru or India's Slavery Abroad (2021_07_8343)</t>
   </si>
   <si>
     <t>Conversation between H. H. Stevens, M.P., and Dr. Rughunath Singh, held at the Office of the Canadian Immigration Department, Vancouver, with Inspector Hopkinson also present at the commencement of the conversation. Page 1-11 (2021_07_9462)</t>
   </si>
   <si>
     <t>Page 187-219</t>
   </si>
   <si>
+    <t>Copy of letter from Reid to W. D. Scott re Japanese Government's disclaiming of any connection with the Komagata Maru enterprise, also re possible attempt to set fire to the ship. Page 1-2 (2021_07_9465)</t>
+  </si>
+  <si>
+    <t>Page 220-221</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott confirming wires. Page 1-2 (2021_07_9471)</t>
+  </si>
+  <si>
+    <t>Page 226-227</t>
+  </si>
+  <si>
+    <t>Copy of letter sent to Editor, The Daily News Advertiser, by passengers on board the Komagata Maru. Page 1-3 (2021_07_9475)</t>
+  </si>
+  <si>
+    <t>Page 229-231</t>
+  </si>
+  <si>
+    <t>Minutes of a Hindu mass meeting held in Dominion Hall. Page 1-21 (2021_07_9506)</t>
+  </si>
+  <si>
+    <t>Page 238-259</t>
+  </si>
+  <si>
+    <t>[Group on the steps of Hillcrest Sikh Temple] (2021_07_10286)</t>
+  </si>
+  <si>
+    <t>Gurdit Singh to the Immigration Agent, Vancouver (2021_07_10331)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 261, File 875456, pt. 3</t>
+  </si>
+  <si>
+    <t>[Translation of a letter from Nanak Singh to Duleep Singh, and from Harnam Singh to Duleep Singh] (2021_07_10378)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, No. 332 B, vol. 1 (a)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Montreal Daily Star: Officials watch Japanese steamer; All precautions taken (2021_07_10426)</t>
+  </si>
+  <si>
+    <t>US Immigration Department</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Japan Gazette: Ship full of Indians for Canada (2021_07_10433)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Pioneer Mail: The Komagata Maru: how the ship was chartered (2021_07_10437)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. Borden Papers</t>
+  </si>
+  <si>
+    <t>Newsclipping - Pioneer Mail: Current comments (2021_07_10441)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: To finally wind up Komagata Maru case. Page 1 (2021_07_10472)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Gurdit Singh won't pay up: what will Komagata do now? Page 1 (2021_07_10479)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Is bound to feed seditious flames (2021_07_10481)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Local Hindus offer the money. Page 1 (2021_07_10483)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Lawyers engaged in Hindu tangle. Page 1 (2021_07_10484)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Gurdit Singh decides to quit: will give up contest and go (2021_07_10494)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Live and let live (2021_07_10495)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver News-Advertiser: Hindus' case is before Premier. Page 1 (2021_07_10500)</t>
+  </si>
+  <si>
+    <t>Newsclipping: Hindus to try renewal of Canadian invasion (2021_07_10532)</t>
+  </si>
+  <si>
+    <t>Komagata Maru incident [Gurdit Singh with passengers] (2021_07_10537)</t>
+  </si>
+  <si>
+    <t>Vancouver Public Library. Accession number 6231,Frank, Leonard;Frank, Leonard</t>
+  </si>
+  <si>
+    <t>S. S. 'Komagata Maru' (2021_07_10612)</t>
+  </si>
+  <si>
+    <t>City of Vancouver Archives. Item number CVA 7-123</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re allegations made by Daljit Singh (2021_07_10676)</t>
+  </si>
+  <si>
+    <t>Page 149</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to J. E. Bird, council for the Hindus, re need for Board of Inquiry (2021_07_10678)</t>
+  </si>
+  <si>
+    <t>Page 151</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Raghunath Singh, Ship's doctor, S. S. Komagatu Maru, re supplying of food and medicine (2021_07_10680)</t>
+  </si>
+  <si>
+    <t>Page 153</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Daljit Singh re responsibility for supplying food (2021_07_10682)</t>
+  </si>
+  <si>
+    <t>Page 155</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott (see p. 149) (2021_07_10684)</t>
+  </si>
+  <si>
+    <t>Page 157</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re landing of prior residents (2021_07_10686)</t>
+  </si>
+  <si>
+    <t>Page 162</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Gurdit Singh re provisioning (2021_07_10690)</t>
+  </si>
+  <si>
+    <t>Page 172</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Raghunath Singh (see p. 167) (2021_07_10691)</t>
+  </si>
+  <si>
+    <t>Page 173</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott re money deposited with Gurdit Singh, and preparations to escort Komagatu Maru out of the port (2021_07_10693)</t>
+  </si>
+  <si>
+    <t>Page 186</t>
+  </si>
+  <si>
     <t>Copy of Communications received by Reid from Gurdit Singh, sent to W. D. Scott (2021_07_10696)</t>
   </si>
   <si>
     <t>Page 225</t>
   </si>
   <si>
+    <t>Copy of letter from Gurdit Singh to the Immigration Agent re calling before the Board of Enquiry (2021_07_10701)</t>
+  </si>
+  <si>
+    <t>Page 354</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott, sent with p. 353 and p. 354 (2021_07_10702)</t>
+  </si>
+  <si>
+    <t>Page 357</t>
+  </si>
+  <si>
+    <t>Copy of letter from Raghunath Singh requesting to be taken off the Komagatu Maru (2021_07_10707)</t>
+  </si>
+  <si>
+    <t>Page 167</t>
+  </si>
+  <si>
+    <t>Copy of letter from the passengers on S. S. Komagatu Maru to the Immigration Agent re lack of water (2021_07_10708)</t>
+  </si>
+  <si>
+    <t>Page 364</t>
+  </si>
+  <si>
+    <t>Copy of letter from Dr. Singh to Reid (see p. 437) (2021_07_10727)</t>
+  </si>
+  <si>
+    <t>Page 438</t>
+  </si>
+  <si>
+    <t>Copy of letter from Gurdit Singh to the Immigration Agent re special favours allegedly granted certain passengers (2021_07_10729)</t>
+  </si>
+  <si>
+    <t>Page 440</t>
+  </si>
+  <si>
     <t>Copy of letter from Daljit Singh to the Immigration Agent, complaining about actions of Department Officer (2021_07_10731)</t>
   </si>
   <si>
     <t>Page 442</t>
   </si>
   <si>
+    <t>Copy of letter, unsigned, to the Immigration Agent (2021_07_10732)</t>
+  </si>
+  <si>
+    <t>Page 443</t>
+  </si>
+  <si>
     <t>Copy of letter from Dr. Rughunath Singh to the Immigration Agent (2021_07_10758)</t>
   </si>
   <si>
     <t>Page 499</t>
   </si>
   <si>
-    <t>Copy of letter from Dr. Singh to Reid (see p. 437) (2021_07_10727)</t>
-[...158 lines deleted...]
-    <t>Page 386-406</t>
+    <t>Newsclippings - Vancouver Daily Province: Full instructions coming tomorrow; Against alien labor; Sang the doxology when license refused (2021_07_10784)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Conspiracy trial in India (2021_07_10787)</t>
+  </si>
+  <si>
+    <t>Newsclippings - Happily ended; Stevens speaks in defence of Dominion Gov't; Hindus' lawyer had suggestion of settlement (2021_07_10792)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Two attempts to get the five marooned Hindus back on the Komagata Maru (2021_07_10795)</t>
+  </si>
+  <si>
+    <t>So near and yet so far (2021_07_10815)</t>
+  </si>
+  <si>
+    <t>The Komagata Maru: Voyage of Shattered Dreams (2021_07_10847)</t>
+  </si>
+  <si>
+    <t>This film, produced at the 75th anniversary of the Komgata Maru incident, is hosted by Belle Puri and includes interviews with Dr. D. P. Pandia, Hardial Singh Atwal, Hugh Johnston, Ujjal Dosanjh, Dr. V. Setty Pendakur, Muneshwar Prasad, Mr. Justice Wallace T. Oppal, Gurnam Sanghera, and Anjali Atal.</t>
+  </si>
+  <si>
+    <t>Hugh Johnston interview (2021_07_10848)</t>
+  </si>
+  <si>
+    <t>Historian and author Hugh Johnston speaks about the Komagata Maru incident and discusses the various individuals involved.</t>
+  </si>
+  <si>
+    <t>The story of the Komagata Maru or Komagata Maru: One hundred years later (2021_07_10856)</t>
+  </si>
+  <si>
+    <t>OMNI News Punjabi Reporter Baldeep Singh Jhand tells the story of one of the darkest chapters in Canadian and Vancouver history; the Komagata Maru incident of 1914. In this five-part feature, Jhand weaves through the many layers of this complex story using interviews, dramatizations and voice overs to provide insight and details that many have been unaware of. The interviewees include Hugh Johnston (historian), Sohan Pooni (historian), Tejpal Sandhu (great grandson of Gurdit Singh), Jaswinder Toor (Komagata Maru descendant), the late Jack Uppal (early pioneer), Raj Toor (Komagata Maru descendant), Bakbir Kaur Sandhu (Gurdit Singh descendant). Part 1 - 00:00:01-00:10:35; Part 2 - 00:10:36-00:19:15; Part 3 - 00:19:16-00:28:00; Part 4 - 00:28:01-00:38:50; Part 5 - 00:38:51-00:49:07</t>
   </si>
   <si>
     <t>[Diary : United India Home Rule League of Canada and the Hindustani Swaraj Sabha - English translation] (2021_07_10919)</t>
   </si>
   <si>
     <t>English translation of [Diary : United India Home Rule League of Canada and the Hindustani Swaraj Sabha], containing the minutes of two organizations which came into existence in 1920 in Vancouver: the United India Home Rule League of Canada and the Hindustani Swaraj Sabha of Canada. Both organizations are linked to India's Independence movement started in Vancouver, B.C.</t>
   </si>
   <si>
-    <t>Extract from W. C. Hopkinson to Malcolm R. J. Reid (2021_07_5199)</t>
-[...80 lines deleted...]
-    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 4</t>
+    <t>Letter from H. W. Gwyther, Interpreter, to Malcolm R. J. Reid re Gwyther's visit to the Komagata Maru (2021_07_10924)</t>
+  </si>
+  <si>
+    <t>Page 423</t>
+  </si>
+  <si>
+    <t>Letter from Passengers Committee to Reid re placement in Alberta (2021_07_10925)</t>
+  </si>
+  <si>
+    <t>Page 424</t>
   </si>
   <si>
     <t>Letter from Daljit Singh to Reid re provisions (2021_07_10926)</t>
   </si>
   <si>
     <t>Page 425</t>
   </si>
   <si>
-    <t>Letter from H. W. Gwyther, Interpreter, to Malcolm R. J. Reid re Gwyther's visit to the Komagata Maru (2021_07_10924)</t>
-[...10 lines deleted...]
-  <si>
     <t>Letter from Passengers Committee to Reid re provisions (2021_07_10927)</t>
   </si>
   <si>
     <t>Page 426</t>
   </si>
   <si>
-    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4652)</t>
-[...157 lines deleted...]
-  <si>
     <t>Statement to J. E. Bird waiving Boards of Inquiry signed by Gurdit Singh and Passengers Committee (2021_07_10929)</t>
   </si>
   <si>
-    <t>Tejpal Singh Sandhu interview (2021_07_915)</t>
-[...25 lines deleted...]
-  <si>
     <t>The Voyage of the Komagata Maru: The Sikh Challenge to Canada's Colour Bar (2021_07_10930)</t>
   </si>
   <si>
     <t>Hugh Johnston provided the first thoroughly researched study of the Komagata Maru event, basing his analysis on official accounts from both Canadian and Indian sources, as well as on the reminiscences of the only passenger still alive at the time the book was written. This book is still the landmark text on the Komagata Maru and diligently outlines the life for Indians at the turn of the 20th century, the reasons for chartering the Komagata Maru, revolutionary movements in North America, the riot at Budge Budge and the lives of many of the key players after the events of the Komagata Maru.</t>
-  </si>
-[...28 lines deleted...]
-    <t>Dr. W. Peter Ward speaks about the Komagata Maru incident and more general issues around immigration and discrimination.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -631,3423 +631,3423 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96705_ca_object_representations_media_3943_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86512_ca_object_representations_media_4143_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27827_ca_object_representations_media_3949_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123_ca_object_representations_media_3462_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69412_ca_object_representations_media_3501_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52033_ca_object_representations_media_3528_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98138_ca_object_representations_media_3497_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199_ca_object_representations_media_3467_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66618_ca_object_representations_media_3499_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31670_ca_object_representations_media_3477_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66926_ca_object_representations_media_3427_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85713_ca_object_representations_media_3435_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89166_ca_object_representations_media_3423_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56051_ca_object_representations_media_3436_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65141_ca_object_representations_media_3425_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6648_ca_object_representations_media_4198_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53056_ca_object_representations_media_4149_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53264_ca_object_representations_media_3773_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85257_ca_object_representations_media_3421_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74742_ca_object_representations_media_3669_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3410_ca_object_representations_media_4196_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55055_ca_object_representations_media_3668_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85258_ca_object_representations_media_3431_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29162_ca_object_representations_media_3438_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45375_ca_object_representations_media_3429_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_ca_object_representations_media_3468_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41000_ca_object_representations_media_3645_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85193_ca_object_representations_media_3478_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22193_ca_object_representations_media_3674_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5043_ca_object_representations_media_4199_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41557_ca_object_representations_media_3502_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42458_ca_object_representations_media_4028_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17005_ca_object_representations_media_3770_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90818_ca_object_representations_media_4347_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20708_ca_object_representations_media_4088_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2217_ca_object_representations_media_3957_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63456_ca_object_representations_media_3950_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27112_ca_object_representations_media_3980_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532_ca_object_representations_media_3650_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14664_ca_object_representations_media_3941_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43162_ca_object_representations_media_2977_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55676_ca_object_representations_media_3180_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72169_ca_object_representations_media_4109_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon70045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11757_ca_object_representations_media_4035_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19747_ca_object_representations_media_4029_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8213_ca_object_representations_media_3592_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21371_ca_object_representations_media_3621_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21287_ca_object_representations_media_3131_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95871_ca_object_representations_media_3966_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97620_ca_object_representations_media_4350_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75194_ca_object_representations_media_4352_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_4351_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70604_ca_object_representations_media_4348_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31714_ca_object_representations_media_3958_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51051_ca_object_representations_media_3960_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69688_ca_object_representations_media_3952_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47420_ca_object_representations_media_4202_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77201_ca_object_representations_media_4022_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85542_ca_object_representations_media_4126_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67657_ca_object_representations_media_3557_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29953_ca_object_representations_media_3378_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73508_ca_object_representations_media_4042_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37694_ca_object_representations_media_3277_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55611_ca_object_representations_media_3293_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8653_ca_object_representations_media_3289_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17594_ca_object_representations_media_3562_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48919_ca_object_representations_media_3554_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61653_ca_object_representations_media_4129_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72796_ca_object_representations_media_4054_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87262_ca_object_representations_media_4051_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81686_ca_object_representations_media_4050_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91351_ca_object_representations_media_4053_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35102_ca_object_representations_media_3285_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20816_ca_object_representations_media_3565_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73651_ca_object_representations_media_4076_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35190_ca_object_representations_media_3347_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63937_ca_object_representations_media_3331_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84290_ca_object_representations_media_4066_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12648_ca_object_representations_media_3334_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9774_ca_object_representations_media_3337_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64741_ca_object_representations_media_3348_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3649_ca_object_representations_media_3336_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75183_ca_object_representations_media_4078_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19587_ca_object_representations_media_4128_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89153_ca_object_representations_media_4068_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14404_ca_object_representations_media_4073_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58182_ca_object_representations_media_3353_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59680_ca_object_representations_media_3324_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97424_ca_object_representations_media_4082_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51040_ca_object_representations_media_4083_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/documentIcon70094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53473_ca_object_representations_media_4030_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25271_ca_object_representations_media_3643_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4820_ca_object_representations_media_513_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94512_ca_object_representations_media_3090_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41894_ca_object_representations_media_3058_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71809_ca_object_representations_media_4349_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43497_ca_object_representations_media_3639_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95122_ca_object_representations_media_3641_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14301_ca_object_representations_media_4344_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19982_ca_object_representations_media_3228_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91125_ca_object_representations_media_4157_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29789_ca_object_representations_media_3956_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_ca_object_representations_media_3965_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75935_ca_object_representations_media_3954_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30438_ca_object_representations_media_3955_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700113.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4820_ca_object_representations_media_513_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74742_ca_object_representations_media_3669_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55055_ca_object_representations_media_3668_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17005_ca_object_representations_media_3770_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53264_ca_object_representations_media_3773_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22193_ca_object_representations_media_3674_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53056_ca_object_representations_media_4149_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon7009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8213_ca_object_representations_media_3592_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21371_ca_object_representations_media_3621_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43497_ca_object_representations_media_3639_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95122_ca_object_representations_media_3641_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25271_ca_object_representations_media_3643_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41000_ca_object_representations_media_3645_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532_ca_object_representations_media_3650_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14664_ca_object_representations_media_3941_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96705_ca_object_representations_media_3943_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27827_ca_object_representations_media_3949_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63456_ca_object_representations_media_3950_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54569_ca_object_representations_media_3951_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69688_ca_object_representations_media_3952_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75935_ca_object_representations_media_3954_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30438_ca_object_representations_media_3955_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29789_ca_object_representations_media_3956_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2217_ca_object_representations_media_3957_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31714_ca_object_representations_media_3958_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51051_ca_object_representations_media_3960_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_ca_object_representations_media_3965_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95871_ca_object_representations_media_3966_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27112_ca_object_representations_media_3980_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77201_ca_object_representations_media_4022_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42458_ca_object_representations_media_4028_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19747_ca_object_representations_media_4029_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53473_ca_object_representations_media_4030_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11757_ca_object_representations_media_4035_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73508_ca_object_representations_media_4042_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81686_ca_object_representations_media_4050_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87262_ca_object_representations_media_4051_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91351_ca_object_representations_media_4053_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72796_ca_object_representations_media_4054_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84290_ca_object_representations_media_4066_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89153_ca_object_representations_media_4068_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14404_ca_object_representations_media_4073_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73651_ca_object_representations_media_4076_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75183_ca_object_representations_media_4078_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97424_ca_object_representations_media_4082_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51040_ca_object_representations_media_4083_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/documentIcon70049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20708_ca_object_representations_media_4088_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72169_ca_object_representations_media_4109_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85542_ca_object_representations_media_4126_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19587_ca_object_representations_media_4128_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61653_ca_object_representations_media_4129_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86512_ca_object_representations_media_4143_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91125_ca_object_representations_media_4157_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106_ca_object_representations_media_4195_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3410_ca_object_representations_media_4196_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6648_ca_object_representations_media_4198_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5043_ca_object_representations_media_4199_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47420_ca_object_representations_media_4202_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43162_ca_object_representations_media_2977_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55676_ca_object_representations_media_3180_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19982_ca_object_representations_media_3228_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37694_ca_object_representations_media_3277_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35102_ca_object_representations_media_3285_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8653_ca_object_representations_media_3289_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55611_ca_object_representations_media_3293_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59680_ca_object_representations_media_3324_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63937_ca_object_representations_media_3331_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12648_ca_object_representations_media_3334_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3649_ca_object_representations_media_3336_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9774_ca_object_representations_media_3337_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35190_ca_object_representations_media_3347_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64741_ca_object_representations_media_3348_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58182_ca_object_representations_media_3353_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29953_ca_object_representations_media_3378_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21287_ca_object_representations_media_3131_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41894_ca_object_representations_media_3058_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85257_ca_object_representations_media_3421_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89166_ca_object_representations_media_3423_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65141_ca_object_representations_media_3425_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66926_ca_object_representations_media_3427_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45375_ca_object_representations_media_3429_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85258_ca_object_representations_media_3431_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85713_ca_object_representations_media_3435_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56051_ca_object_representations_media_3436_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29162_ca_object_representations_media_3438_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123_ca_object_representations_media_3462_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199_ca_object_representations_media_3467_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33520_ca_object_representations_media_3468_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31670_ca_object_representations_media_3477_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85193_ca_object_representations_media_3478_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98138_ca_object_representations_media_3497_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66618_ca_object_representations_media_3499_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69412_ca_object_representations_media_3501_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41557_ca_object_representations_media_3502_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52033_ca_object_representations_media_3528_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48919_ca_object_representations_media_3554_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67657_ca_object_representations_media_3557_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17594_ca_object_representations_media_3562_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20816_ca_object_representations_media_3565_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94512_ca_object_representations_media_3090_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/videoIcon700106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90818_ca_object_representations_media_4347_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75194_ca_object_representations_media_4352_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_4351_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97620_ca_object_representations_media_4350_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70604_ca_object_representations_media_4348_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71809_ca_object_representations_media_4349_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14301_ca_object_representations_media_4344_large113.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="5343525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10858500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10982325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="10934700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
-[...23 lines deleted...]
-      <xdr:row>2</xdr:row>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10172700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10172700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8286750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="12773025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10363200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10982325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9782175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10239375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9648825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9077325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9801225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9753600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9763125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9791700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="35909250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="20764500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8810625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="imageA46" descr="imageA46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="imageA47" descr="imageA47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="imageA48" descr="imageA48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8239125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="imageA49" descr="imageA49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="imageA50" descr="imageA50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="imageA51" descr="imageA51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10277475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="imageA52" descr="imageA52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="imageA53" descr="imageA53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="imageA54" descr="imageA54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="imageA55" descr="imageA55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8943975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
-[...53 lines deleted...]
-      <xdr:row>4</xdr:row>
+        <xdr:cNvPr id="55" name="imageA56" descr="imageA56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8210550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="imageA57" descr="imageA57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10696575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
-[...23 lines deleted...]
-      <xdr:row>5</xdr:row>
+        <xdr:cNvPr id="57" name="imageA58" descr="imageA58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="imageA59" descr="imageA59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="imageA60" descr="imageA60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="imageA61" descr="imageA61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10829925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
-[...23 lines deleted...]
-      <xdr:row>6</xdr:row>
+        <xdr:cNvPr id="61" name="imageA62" descr="imageA62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5286375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="imageA63" descr="imageA63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10629900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="imageA64" descr="imageA64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8905875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="imageA65" descr="imageA65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9801225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="imageA66" descr="imageA66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10544175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="imageA67" descr="imageA67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9848850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="imageA68" descr="imageA68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9715500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="imageA69" descr="imageA69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="17002125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="imageA70" descr="imageA70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="imageA71" descr="imageA71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="imageA72" descr="imageA72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="imageA73" descr="imageA73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="imageA74" descr="imageA74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="imageA75" descr="imageA75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="imageA76" descr="imageA76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="27879675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="imageA77" descr="imageA77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="imageA78" descr="imageA78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4781550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="imageA79" descr="imageA79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3914775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="imageA80" descr="imageA80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10791825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="imageA81" descr="imageA81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="imageA82" descr="imageA82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="imageA83" descr="imageA83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="imageA84" descr="imageA84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="imageA85" descr="imageA85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="imageA86" descr="imageA86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10772775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
-[...23 lines deleted...]
-      <xdr:row>7</xdr:row>
+        <xdr:cNvPr id="86" name="imageA87" descr="imageA87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="imageA88" descr="imageA88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="imageA89" descr="imageA89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="imageA90" descr="imageA90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="imageA91" descr="imageA91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="imageA92" descr="imageA92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="imageA93" descr="imageA93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10782300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="imageA94" descr="imageA94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10791825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
-[...23 lines deleted...]
-      <xdr:row>8</xdr:row>
+        <xdr:cNvPr id="94" name="imageA95" descr="imageA95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10877550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="imageA96" descr="imageA96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="imageA97" descr="imageA97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10820400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="imageA98" descr="imageA98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10791825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
-[...83 lines deleted...]
-      <xdr:row>11</xdr:row>
+        <xdr:cNvPr id="98" name="imageA99" descr="imageA99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11325225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="imageA100" descr="imageA100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8648700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="imageA101" descr="imageA101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10715625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="imageA102" descr="imageA102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="25126950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="imageA103" descr="imageA103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5172075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="imageA104" descr="imageA104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="imageA105" descr="imageA105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="imageA106" descr="imageA106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3333750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="imageA107" descr="imageA107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="imageA108" descr="imageA108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10801350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
-[...53 lines deleted...]
-      <xdr:row>13</xdr:row>
+        <xdr:cNvPr id="108" name="imageA109" descr="imageA109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="imageA110" descr="imageA110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10772775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
-[...323 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="110" name="imageA111" descr="imageA111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10753725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
-[...173 lines deleted...]
-      <xdr:row>30</xdr:row>
+        <xdr:cNvPr id="111" name="imageA112" descr="imageA112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10934700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
-[...2273 lines deleted...]
-      <xdr:row>106</xdr:row>
+        <xdr:cNvPr id="112" name="imageA113" descr="imageA113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10610850"/>
-    <xdr:pic>
-[...208 lines deleted...]
-    <xdr:ext cx="6667500" cy="3333750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="imageA114" descr="imageA114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -4373,957 +4373,957 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="976">
+    <row r="2" spans="1:26" customHeight="1" ht="476">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="799">
+    <row r="3" spans="1:26" customHeight="1" ht="964">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
-    </row>
-    <row r="4" spans="1:26" customHeight="1" ht="1140">
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" customHeight="1" ht="964">
       <c r="A4"/>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:26" customHeight="1" ht="954">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" customHeight="1" ht="969">
       <c r="A5"/>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:26" customHeight="1" ht="967">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" customHeight="1" ht="980">
       <c r="A6"/>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:26" customHeight="1" ht="961">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" customHeight="1" ht="976">
       <c r="A7"/>
       <c r="B7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:26" customHeight="1" ht="963">
       <c r="A8"/>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:26" customHeight="1" ht="963">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" customHeight="1" ht="0">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:26" customHeight="1" ht="958">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="0">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:26" customHeight="1" ht="971">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="958">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C11" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="1:26" customHeight="1" ht="964">
+    <row r="12" spans="1:26" customHeight="1" ht="958">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>23</v>
       </c>
-      <c r="C12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:26" customHeight="1" ht="956">
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="907">
       <c r="A13"/>
       <c r="B13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" t="s">
         <v>25</v>
       </c>
-      <c r="C13" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:26" customHeight="1" ht="961">
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="907">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:26" customHeight="1" ht="964">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="740">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:26" customHeight="1" ht="964">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="961">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:26" customHeight="1" ht="962">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="958">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:26" customHeight="1" ht="961">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="976">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:26" customHeight="1" ht="963">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="976">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:26" customHeight="1" ht="980">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="1140">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:26" customHeight="1" ht="963">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="925">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:26" customHeight="1" ht="964">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="940">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:26" customHeight="1" ht="964">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="940">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:26" customHeight="1" ht="964">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="940">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:26" customHeight="1" ht="959">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="940">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:26" customHeight="1" ht="967">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="940">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C26" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:26" customHeight="1" ht="958">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="940">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C27" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:26" customHeight="1" ht="962">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="940">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C28" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:26" customHeight="1" ht="961">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="948">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="C29" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:26" customHeight="1" ht="962">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="948">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="C30" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:26" customHeight="1" ht="976">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="948">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C31" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:26" customHeight="1" ht="959">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="975">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C32" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:26" customHeight="1" ht="966">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="980">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:26" customHeight="1" ht="872">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:26" customHeight="1" ht="969">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="913">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:26" customHeight="1" ht="770">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="861">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="C36" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:26" customHeight="1" ht="948">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="810">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C37" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:26" customHeight="1" ht="940">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="875">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-    <row r="39" spans="1:26" customHeight="1" ht="925">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="870">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:26" customHeight="1" ht="975">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="864">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:26" customHeight="1" ht="958">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="872">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:26" customHeight="1" ht="976">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="873">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:26" customHeight="1" ht="471">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" customHeight="1" ht="918">
       <c r="A43"/>
       <c r="B43" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:26" customHeight="1" ht="948">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" customHeight="1" ht="3204">
       <c r="A44"/>
       <c r="B44" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:26" customHeight="1" ht="917">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" customHeight="1" ht="1853">
       <c r="A45"/>
       <c r="B45" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:26" customHeight="1" ht="0">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" customHeight="1" ht="787">
       <c r="A46"/>
       <c r="B46" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:26" customHeight="1" ht="810">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" customHeight="1" ht="918">
       <c r="A47"/>
       <c r="B47" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:26" customHeight="1" ht="913">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" customHeight="1" ht="595">
       <c r="A48"/>
       <c r="B48" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:26" customHeight="1" ht="958">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" customHeight="1" ht="736">
       <c r="A49"/>
       <c r="B49" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:26" customHeight="1" ht="958">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" customHeight="1" ht="0">
       <c r="A50"/>
       <c r="B50" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:26" customHeight="1" ht="426">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" customHeight="1" ht="948">
       <c r="A51"/>
       <c r="B51" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="C51" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:26" customHeight="1" ht="948">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" customHeight="1" ht="917">
       <c r="A52"/>
       <c r="B52" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="C52" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:26" customHeight="1" ht="962">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" customHeight="1" ht="864">
       <c r="A53"/>
       <c r="B53" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="C53" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:26" customHeight="1" ht="963">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" customHeight="1" ht="864">
       <c r="A54"/>
       <c r="B54" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="C54" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:26" customHeight="1" ht="959">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" customHeight="1" ht="864">
       <c r="A55"/>
       <c r="B55" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="C55" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:26" customHeight="1" ht="959">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" customHeight="1" ht="799">
       <c r="A56"/>
       <c r="B56" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:26" customHeight="1" ht="940">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" customHeight="1" ht="733">
       <c r="A57"/>
       <c r="B57" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:26" customHeight="1" ht="948">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" customHeight="1" ht="954">
       <c r="A58"/>
       <c r="B58" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="C58" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:26" customHeight="1" ht="940">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" customHeight="1" ht="964">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="C59" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:26" customHeight="1" ht="940">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" customHeight="1" ht="961">
       <c r="A60"/>
       <c r="B60" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="C60" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:26" customHeight="1" ht="967">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26" customHeight="1" ht="959">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="C61" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:26" customHeight="1" ht="980">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26" customHeight="1" ht="967">
       <c r="A62"/>
       <c r="B62" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="C62" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:26" customHeight="1" ht="864">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" customHeight="1" ht="471">
       <c r="A63"/>
       <c r="B63" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:26" customHeight="1" ht="772">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" customHeight="1" ht="948">
       <c r="A64"/>
       <c r="B64" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:26" customHeight="1" ht="864">
+        <v>99</v>
+      </c>
+      <c r="C64" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26" customHeight="1" ht="794">
       <c r="A65"/>
       <c r="B65" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="C65" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
     </row>
     <row r="66" spans="1:26" customHeight="1" ht="875">
       <c r="A66"/>
       <c r="B66" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:26" customHeight="1" ht="875">
+        <v>103</v>
+      </c>
+      <c r="C66" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="67" spans="1:26" customHeight="1" ht="941">
       <c r="A67"/>
       <c r="B67" t="s">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="C67" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:26" customHeight="1" ht="867">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="68" spans="1:26" customHeight="1" ht="878">
       <c r="A68"/>
       <c r="B68" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:26" customHeight="1" ht="878">
+        <v>106</v>
+      </c>
+      <c r="C68" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26" customHeight="1" ht="867">
       <c r="A69"/>
       <c r="B69" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:26" customHeight="1" ht="956">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26" customHeight="1" ht="1517">
       <c r="A70"/>
       <c r="B70" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:26" customHeight="1" ht="1010">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26" customHeight="1" ht="918">
       <c r="A71"/>
       <c r="B71" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:26" customHeight="1" ht="864">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" customHeight="1" ht="918">
       <c r="A72"/>
       <c r="B72" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:26" customHeight="1" ht="873">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26" customHeight="1" ht="918">
       <c r="A73"/>
       <c r="B73" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:26" customHeight="1" ht="864">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26" customHeight="1" ht="918">
       <c r="A74"/>
       <c r="B74" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:26" customHeight="1" ht="870">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26" customHeight="1" ht="918">
       <c r="A75"/>
       <c r="B75" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:26" customHeight="1" ht="872">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="76" spans="1:26" customHeight="1" ht="918">
       <c r="A76"/>
       <c r="B76" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:26" customHeight="1" ht="941">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26" customHeight="1" ht="2488">
       <c r="A77"/>
       <c r="B77" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-    <row r="78" spans="1:26" customHeight="1" ht="2243">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26" customHeight="1" ht="864">
       <c r="A78"/>
       <c r="B78" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:26" customHeight="1" ht="787">
+        <v>117</v>
+      </c>
+      <c r="C78" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26" customHeight="1" ht="426">
       <c r="A79"/>
       <c r="B79" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:26" customHeight="1" ht="918">
+        <v>118</v>
+      </c>
+      <c r="C79" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26" customHeight="1" ht="349">
       <c r="A80"/>
       <c r="B80" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:26" customHeight="1" ht="918">
+        <v>120</v>
+      </c>
+      <c r="C80" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26" customHeight="1" ht="963">
       <c r="A81"/>
       <c r="B81" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:26" customHeight="1" ht="918">
+        <v>122</v>
+      </c>
+      <c r="C81" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26" customHeight="1" ht="964">
       <c r="A82"/>
       <c r="B82" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:26" customHeight="1" ht="918">
+        <v>124</v>
+      </c>
+      <c r="C82" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26" customHeight="1" ht="962">
       <c r="A83"/>
       <c r="B83" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:26" customHeight="1" ht="918">
+        <v>126</v>
+      </c>
+      <c r="C83" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" customHeight="1" ht="956">
       <c r="A84"/>
       <c r="B84" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:26" customHeight="1" ht="918">
+        <v>128</v>
+      </c>
+      <c r="C84" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26" customHeight="1" ht="958">
       <c r="A85"/>
       <c r="B85" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:26" customHeight="1" ht="918">
+        <v>130</v>
+      </c>
+      <c r="C85" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26" customHeight="1" ht="959">
       <c r="A86"/>
       <c r="B86" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:26" customHeight="1" ht="918">
+        <v>132</v>
+      </c>
+      <c r="C86" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" customHeight="1" ht="961">
       <c r="A87"/>
       <c r="B87" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:26" customHeight="1" ht="864">
+        <v>134</v>
+      </c>
+      <c r="C87" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" customHeight="1" ht="964">
       <c r="A88"/>
       <c r="B88" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
       <c r="C88" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:26" customHeight="1" ht="3204">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" customHeight="1" ht="967">
       <c r="A89"/>
       <c r="B89" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:26" customHeight="1" ht="1853">
+        <v>138</v>
+      </c>
+      <c r="C89" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" customHeight="1" ht="967">
       <c r="A90"/>
       <c r="B90" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:26" customHeight="1" ht="2488">
+        <v>140</v>
+      </c>
+      <c r="C90" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" customHeight="1" ht="958">
       <c r="A91"/>
       <c r="B91" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:26" customHeight="1" ht="1517">
+        <v>142</v>
+      </c>
+      <c r="C91" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26" customHeight="1" ht="962">
       <c r="A92"/>
       <c r="B92" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:26" customHeight="1" ht="595">
+        <v>144</v>
+      </c>
+      <c r="C92" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26" customHeight="1" ht="964">
       <c r="A93"/>
       <c r="B93" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:26" customHeight="1" ht="736">
+        <v>146</v>
+      </c>
+      <c r="C93" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26" customHeight="1" ht="962">
       <c r="A94"/>
       <c r="B94" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:26" customHeight="1" ht="0">
+        <v>148</v>
+      </c>
+      <c r="C94" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26" customHeight="1" ht="963">
       <c r="A95"/>
       <c r="B95" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:26" customHeight="1" ht="861">
+        <v>150</v>
+      </c>
+      <c r="C95" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26" customHeight="1" ht="971">
       <c r="A96"/>
       <c r="B96" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C96" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:26" customHeight="1" ht="740">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26" customHeight="1" ht="961">
       <c r="A97"/>
       <c r="B97" t="s">
+        <v>154</v>
+      </c>
+      <c r="C97" t="s">
         <v>155</v>
       </c>
-      <c r="C97" t="s">
-[...3 lines deleted...]
-    <row r="98" spans="1:26" customHeight="1" ht="476">
+    </row>
+    <row r="98" spans="1:26" customHeight="1" ht="966">
       <c r="A98"/>
       <c r="B98" t="s">
+        <v>156</v>
+      </c>
+      <c r="C98" t="s">
         <v>157</v>
       </c>
-      <c r="C98" t="s">
-[...3 lines deleted...]
-    <row r="99" spans="1:26" customHeight="1" ht="461">
+    </row>
+    <row r="99" spans="1:26" customHeight="1" ht="963">
       <c r="A99"/>
       <c r="B99" t="s">
+        <v>158</v>
+      </c>
+      <c r="C99" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="100" spans="1:26" customHeight="1" ht="349">
+    <row r="100" spans="1:26" customHeight="1" ht="1010">
       <c r="A100"/>
       <c r="B100" t="s">
         <v>160</v>
       </c>
-      <c r="C100" t="s">
-[...3 lines deleted...]
-    <row r="101" spans="1:26" customHeight="1" ht="976">
+    </row>
+    <row r="101" spans="1:26" customHeight="1" ht="772">
       <c r="A101"/>
       <c r="B101" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:26" customHeight="1" ht="0">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26" customHeight="1" ht="956">
       <c r="A102"/>
       <c r="B102" t="s">
-        <v>163</v>
-[...5 lines deleted...]
-    <row r="103" spans="1:26" customHeight="1" ht="907">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26" customHeight="1" ht="2243">
       <c r="A103"/>
       <c r="B103" t="s">
-        <v>165</v>
-[...5 lines deleted...]
-    <row r="104" spans="1:26" customHeight="1" ht="907">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26" customHeight="1" ht="461">
       <c r="A104"/>
       <c r="B104" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="105" spans="1:26" customHeight="1" ht="0">
       <c r="A105"/>
       <c r="B105" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C105" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="106" spans="1:26" customHeight="1" ht="0">
       <c r="A106"/>
       <c r="B106" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C106" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:26" customHeight="1" ht="946">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26" customHeight="1" ht="0">
       <c r="A107"/>
       <c r="B107" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C107" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:26" customHeight="1" ht="794">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26" customHeight="1" ht="770">
       <c r="A108"/>
       <c r="B108" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C108" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:26" customHeight="1" ht="733">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" customHeight="1" ht="963">
       <c r="A109"/>
       <c r="B109" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:26" customHeight="1" ht="940">
+        <v>173</v>
+      </c>
+      <c r="C109" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26" customHeight="1" ht="959">
       <c r="A110"/>
       <c r="B110" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C110" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:26" customHeight="1" ht="948">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26" customHeight="1" ht="962">
       <c r="A111"/>
       <c r="B111" t="s">
+        <v>177</v>
+      </c>
+      <c r="C111" t="s">
         <v>178</v>
       </c>
-      <c r="C111" t="s">
-[...3 lines deleted...]
-    <row r="112" spans="1:26" customHeight="1" ht="940">
+    </row>
+    <row r="112" spans="1:26" customHeight="1" ht="959">
       <c r="A112"/>
       <c r="B112" t="s">
         <v>179</v>
       </c>
       <c r="C112" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="113" spans="1:26" customHeight="1" ht="940">
+    <row r="113" spans="1:26" customHeight="1" ht="976">
       <c r="A113"/>
       <c r="B113" t="s">
         <v>181</v>
       </c>
-      <c r="C113" t="s">
-[...3 lines deleted...]
-    <row r="114" spans="1:26" customHeight="1" ht="0">
+    </row>
+    <row r="114" spans="1:26" customHeight="1" ht="946">
       <c r="A114"/>
       <c r="B114" t="s">
         <v>182</v>
       </c>
       <c r="C114" t="s">
         <v>183</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 