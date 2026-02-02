--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -28,219 +28,219 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>Copy of letter from passengers to J. E. Bird re hunger and thirst (2021_07_10720)</t>
+  </si>
+  <si>
+    <t>Page 427</t>
+  </si>
+  <si>
+    <t>Copy of letter from passengers to the Immigration Agent re provisions (2021_07_10757)</t>
+  </si>
+  <si>
+    <t>Page 498</t>
+  </si>
+  <si>
+    <t>Copy of letter from passengers to the Immigration Agent requesting provisions (2021_07_10730)</t>
+  </si>
+  <si>
+    <t>Page 441</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to Dr. Rughunath Singh re appearing before Board of Enquiry (2021_07_10725)</t>
+  </si>
+  <si>
+    <t>Page 437</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott acknowledging wires sent and received, and re his visit to Sumas. Page 1-5 (2021_07_2053)</t>
+  </si>
+  <si>
+    <t>Page 623-627</t>
+  </si>
+  <si>
+    <t>Copy of letter from Reid to W. D. Scott confirming telegrams re purchase of revolvers by Hindus. Page 1-2 (2021_07_1040)</t>
+  </si>
+  <si>
+    <t>Page 533-534</t>
+  </si>
+  <si>
+    <t>Copy of reply from J. E. Bird to passengers (see p. 427) (2021_07_10721)</t>
+  </si>
+  <si>
+    <t>Page 428</t>
+  </si>
+  <si>
+    <t>Extract from Malcolm R. J. Reid to W. D. Scott (2021_07_5208)</t>
+  </si>
+  <si>
+    <t>Pages 623-627</t>
+  </si>
+  <si>
+    <t>[Extract from statement given to Immigration Department by Bela Singh, Babu Singh, Ganga Ram and others. Copy] (2021_07_4812)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, File 332, vol. 13 (a)</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4346)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 201, File 332, vol. 4</t>
+  </si>
+  <si>
+    <t>[Extract from William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4785)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 205, File 332, vol. 12 (a)</t>
+  </si>
+  <si>
+    <t>Harnam Singh connected with bomb manufacture at Victoria, 1914 [William D. Scott, Superintendent of Immigration, to Malcolm R. J. Reid, Dominion Immigration Agent, Ottawa] (2021_07_4848)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 207, File 332, vol. 15 (b)</t>
+  </si>
+  <si>
+    <t>Indian immigrants on board the KOMAGATA MARU in English Bay, Vancouver, British Columbia, 1914 (2021_07_10588)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. PA-034015</t>
+  </si>
+  <si>
+    <t>[Khalsa Diwan organizers] (2021_05_048)</t>
+  </si>
+  <si>
+    <t>Photograph includes Puran Singh, Rev. C. F. Andrews, Harnam Singh, Munsha Singh, Sir R. Tagore, Kartar Singh, Jagat Singh, Sham Singh, and Wattan Singh.</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4734)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 601, File 879545, pt. 5</t>
+  </si>
+  <si>
+    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_10342)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, Vol. 387, File 536999, PEI RO</t>
+  </si>
+  <si>
+    <t>Newsclippings - Vancouver Sun: Hindus are certain to leave the inlet early this morning; 'Poor old Harnam Singh' knocks once again at Dominion's door to secure admission to Canada; Never too late to mend (2021_07_5380)</t>
+  </si>
+  <si>
+    <t>Newsclipping - The Bengalee: Sikhs at Vancouver: extraordinary sequence of tragedies (2021_07_10446)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Argan Singh is shot in throat (2021_07_5500)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Argan Singh is shot in throat (2021_07_10448)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Hindu found dead with throat cut (2021_07_10517)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Three mysteries confront police. Page 2 (2021_07_10533)</t>
+  </si>
+  <si>
+    <t>Newsclipping - Vancouver Daily Province: Three mysteries confront police. Page 2 (2021_07_10447)</t>
+  </si>
+  <si>
+    <t>Paraphrase of cypher telegram from Home Department, Delhi, to the Governor General, re Harnam Singh (2021_07_10366)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 207, File 332, vol. 15 (a)</t>
+  </si>
+  <si>
     <t>[Portrait of Harnam Singh] (2020_03_F00338_002)</t>
   </si>
   <si>
     <t>Image of Harnam Singh posing for a portrait.</t>
   </si>
   <si>
-    <t>[Khalsa Diwan organizers] (2021_05_048)</t>
-[...14 lines deleted...]
-    <t>Page 623-627</t>
+    <t>[Sir Joseph Pope, Under-Secretary of State for External Affairs, to Arthur F. Sladen, Private Secretary to the Governor General, Ottawa, re Harnam Singh] (2021_07_10365)</t>
   </si>
   <si>
     <t>Statement by Mewa Singh (see p. 647). Page 1-2 (2021_07_2294)</t>
   </si>
   <si>
     <t>Page 648-649</t>
   </si>
   <si>
+    <t>[Translation of a letter from Nanak Singh to Duleep Singh, and from Harnam Singh to Duleep Singh] (2021_07_10378)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, No. 332 B, vol. 1 (a)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Cited in Hopkinson to Cory, 17 Sep. 1914. Copy] (2021_07_4779)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG76, File 536999, pt. 1</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_5282)</t>
+  </si>
+  <si>
+    <t>Library and Archives Canada. RG7-G-21, Vol. 200, File 332, vol. 2 (3b)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4335)</t>
+  </si>
+  <si>
+    <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4332)</t>
+  </si>
+  <si>
     <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4278)</t>
   </si>
   <si>
-    <t>Library and Archives Canada. RG7-G-21, Vol. 200, File 332, vol. 2 (3b)</t>
-[...13 lines deleted...]
-  <si>
     <t>[William C. Hopkinson, Immigration Inspector, to William W. Cory, Deputy Minister of the Interior. Copy] (2021_07_4353)</t>
   </si>
   <si>
-    <t>[Malcolm R. J. Reid, Dominion Immigration Agent, to William D. Scott, Superintendent of Immigration. Original] (2021_07_4734)</t>
-[...28 lines deleted...]
-  <si>
     <t>[William W. Cory, Deputy Minister of the Interior, to Lieut.-Col. E. A. Stanton, Military Secretary to the Governor General] (2021_07_4851)</t>
-  </si>
-[...85 lines deleted...]
-    <t>Page 498</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -262,1083 +262,1083 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88429_ca_object_representations_media_2419_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65822_ca_object_representations_media_521_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69940_ca_object_representations_media_3250_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93836_ca_object_representations_media_3640_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13725_ca_object_representations_media_3649_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37562_ca_object_representations_media_3878_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8313_ca_object_representations_media_3893_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90864_ca_object_representations_media_3894_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35920_ca_object_representations_media_3896_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34711_ca_object_representations_media_3898_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6180_ca_object_representations_media_3976_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63385_ca_object_representations_media_3984_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55998_ca_object_representations_media_3985_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26159_ca_object_representations_media_3992_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66537_ca_object_representations_media_3999_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51556_ca_object_representations_media_4000_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15049_ca_object_representations_media_4090_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39217_ca_object_representations_media_4101_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75546_ca_object_representations_media_4110_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28870_ca_object_representations_media_4124_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39725_ca_object_representations_media_3191_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41181_ca_object_representations_media_3214_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68618_ca_object_representations_media_3215_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19982_ca_object_representations_media_3228_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18263_ca_object_representations_media_3298_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88113_ca_object_representations_media_3299_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98825_ca_object_representations_media_3300_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91736_ca_object_representations_media_3370_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79940_ca_object_representations_media_3379_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30601_ca_object_representations_media_3036_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84819_ca_object_representations_media_3490_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31694_ca_object_representations_media_3491_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58147_ca_object_representations_media_3495_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4336_ca_object_representations_media_3500_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26761_ca_object_representations_media_3527_large35.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84819_ca_object_representations_media_3490_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26761_ca_object_representations_media_3527_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4336_ca_object_representations_media_3500_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58147_ca_object_representations_media_3495_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93836_ca_object_representations_media_3640_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69940_ca_object_representations_media_3250_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31694_ca_object_representations_media_3491_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15049_ca_object_representations_media_4090_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26159_ca_object_representations_media_3992_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35920_ca_object_representations_media_3896_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55998_ca_object_representations_media_3985_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66537_ca_object_representations_media_3999_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30601_ca_object_representations_media_3036_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65822_ca_object_representations_media_521_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6180_ca_object_representations_media_3976_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39725_ca_object_representations_media_3191_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75546_ca_object_representations_media_4110_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18263_ca_object_representations_media_3298_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28870_ca_object_representations_media_4124_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98825_ca_object_representations_media_3300_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91736_ca_object_representations_media_3370_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79940_ca_object_representations_media_3379_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88113_ca_object_representations_media_3299_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68618_ca_object_representations_media_3215_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88429_ca_object_representations_media_2419_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41181_ca_object_representations_media_3214_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13725_ca_object_representations_media_3649_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19982_ca_object_representations_media_3228_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63385_ca_object_representations_media_3984_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39217_ca_object_representations_media_4101_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90864_ca_object_representations_media_3894_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8313_ca_object_representations_media_3893_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37562_ca_object_representations_media_3878_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34711_ca_object_representations_media_3898_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51556_ca_object_representations_media_4000_large35.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="10858500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10829925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10801350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10982325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10706100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10753725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10868025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10934700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11049000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8505825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11058525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10858500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5276850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5429250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10915650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10810875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="13687425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9791700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8496300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7115175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10287000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10448925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="8639175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
-[...113 lines deleted...]
-      <xdr:row>5</xdr:row>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10858500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10668000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
-[...23 lines deleted...]
-      <xdr:row>6</xdr:row>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8905875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="11029950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8553450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
-[...23 lines deleted...]
-      <xdr:row>7</xdr:row>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9039225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9734550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
-[...83 lines deleted...]
-      <xdr:row>10</xdr:row>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8553450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8963025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
-[...173 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10448925"/>
-    <xdr:pic>
-[...568 lines deleted...]
-    <xdr:ext cx="6667500" cy="10829925"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1664,342 +1664,342 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="770">
+    <row r="2" spans="1:26" customHeight="1" ht="969">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="484">
+    <row r="3" spans="1:26" customHeight="1" ht="967">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="959">
+    <row r="4" spans="1:26" customHeight="1" ht="964">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="956">
+    <row r="5" spans="1:26" customHeight="1" ht="980">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="952">
+    <row r="6" spans="1:26" customHeight="1" ht="956">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="764">
+    <row r="7" spans="1:26" customHeight="1" ht="959">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="869">
+    <row r="8" spans="1:26" customHeight="1" ht="970">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="806">
+    <row r="9" spans="1:26" customHeight="1" ht="975">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:26" customHeight="1" ht="759">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" customHeight="1" ht="986">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:26" customHeight="1" ht="800">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" customHeight="1" ht="759">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:26" customHeight="1" ht="974">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" customHeight="1" ht="986">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:26" customHeight="1" ht="985">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="969">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:26" customHeight="1" ht="986">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" customHeight="1" ht="470">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:26" customHeight="1" ht="986">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" customHeight="1" ht="484">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:26" customHeight="1" ht="969">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" customHeight="1" ht="974">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:26" customHeight="1" ht="933">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" customHeight="1" ht="964">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:26" customHeight="1" ht="975">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" customHeight="1" ht="1222">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:26" customHeight="1" ht="764">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="874">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:26" customHeight="1" ht="1222">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="759">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:26" customHeight="1" ht="759">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="918">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:26" customHeight="1" ht="964">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="918">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:26" customHeight="1" ht="969">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="635">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:26" customHeight="1" ht="933">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="918">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:26" customHeight="1" ht="794">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="933">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C25" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:26" customHeight="1" ht="874">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="770">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:26" customHeight="1" ht="918">
+        <v>45</v>
+      </c>
+      <c r="C26" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="969">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:26" customHeight="1" ht="918">
+        <v>47</v>
+      </c>
+      <c r="C27" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="952">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:26" customHeight="1" ht="918">
+        <v>48</v>
+      </c>
+      <c r="C28" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="794">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:26" customHeight="1" ht="635">
+        <v>50</v>
+      </c>
+      <c r="C29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="985">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:26" customHeight="1" ht="470">
+        <v>52</v>
+      </c>
+      <c r="C30" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="764">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C31" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:26" customHeight="1" ht="969">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="806">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C32" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:26" customHeight="1" ht="970">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="869">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:26" customHeight="1" ht="980">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="764">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>58</v>
+      </c>
+      <c r="C34" t="s">
         <v>55</v>
       </c>
-      <c r="C34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:26" customHeight="1" ht="964">
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="800">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C35" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:26" customHeight="1" ht="967">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="933">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C36" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>